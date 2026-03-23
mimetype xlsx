--- v0 (2026-01-20)
+++ v1 (2026-03-23)
@@ -2,160 +2,139 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nordicnurseries.sharepoint.com/sites/NordicNurseriesLTD/Shared Documents/File Structure/! Staff Folder Directory/Jack/website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{93391370-7655-4FBC-B2E2-B34E6EE57C7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="46" documentId="8_{830D8C67-94FF-428A-8AD6-B34162189FF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{696C36CB-8A5C-4382-8AB4-E097C137330B}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1170" windowWidth="28800" windowHeight="15435" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="5970" yWindow="4590" windowWidth="28800" windowHeight="15435" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Availability" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Availability!$B$11:$D$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Availability!$B$11:$D$21</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Please fill out all required fields below:</t>
   </si>
   <si>
     <t>Customer Name:</t>
   </si>
   <si>
     <t>Ship Week:</t>
   </si>
   <si>
     <t>Broker:</t>
   </si>
   <si>
     <t xml:space="preserve">Shipping Instructions: </t>
   </si>
   <si>
     <t>Email to: orders@nordicplants.com</t>
   </si>
   <si>
     <t>2.5inch Proven Winners® Super Stuffer™ Pot-No Barcode-(800/ box)</t>
   </si>
   <si>
-    <t>2.5inch Proven Winners® Super Stuffer™ Pot-With Barcode-(800/ box)</t>
-[...1 lines deleted...]
-  <si>
     <t>3.5inch Square Proven Winners® Injection pots (832/box)</t>
   </si>
   <si>
-    <t>4.25inch Proven Winners® Grande™ Co-Ex Pot (13,464/bulk pallet)</t>
-[...1 lines deleted...]
-  <si>
     <t>4.25inch Proven Winners® Grande™ Co-Ex Pots (840/box)</t>
   </si>
   <si>
     <t>4.5inch Pots Proven Winners® Classic™ Co-Ex Pot (1000/box)</t>
   </si>
   <si>
-    <t>6.5inch Proven Winners® Co-Ex Pot (300/box)</t>
-[...10 lines deleted...]
-  <si>
     <t>3.5inch Proven Winners® Square - 18 count tray - White (50/box)</t>
   </si>
   <si>
     <t>4.25inch Proven Winners® Grande™ - 10 count tray (100/box)</t>
   </si>
   <si>
     <t>4.5inch Proven Winners® Classic™ - 10 count tray -white (100/box)</t>
   </si>
   <si>
     <t>Quart Proven Winners® - 8 count tray -white (100/box)</t>
   </si>
   <si>
     <t>Product ID</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Order</t>
-  </si>
-[...1 lines deleted...]
-    <t>N/A</t>
   </si>
   <si>
     <t>30 Second Planter (60/box)</t>
   </si>
   <si>
     <t>Gallon Royale™ - 3 count tray-white (100/box)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -680,57 +659,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr filterMode="1">
+  <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="A5" sqref="A5:D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
     <col min="3" max="3" width="54.42578125" customWidth="1"/>
     <col min="4" max="4" width="9.85546875" customWidth="1"/>
     <col min="5" max="5" width="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="C1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
     </row>
     <row r="2" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="7" t="s">
         <v>5</v>
@@ -797,307 +776,229 @@
       <c r="E8" s="10"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
     </row>
     <row r="9" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="23"/>
       <c r="B9" s="24"/>
       <c r="C9" s="24"/>
       <c r="D9" s="25"/>
       <c r="E9" s="10"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
     </row>
     <row r="10" spans="1:7" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="11"/>
       <c r="B10" s="11"/>
       <c r="C10" s="11"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="12"/>
       <c r="B11" s="14" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D11" s="14" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="13"/>
       <c r="B12" s="19">
         <v>2045</v>
       </c>
       <c r="C12" s="16" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="18"/>
       <c r="E12" s="5"/>
     </row>
-    <row r="13" spans="1:7" hidden="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="13"/>
       <c r="B13" s="19">
-        <v>1865</v>
+        <v>2050</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="D13" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13" s="18"/>
       <c r="E13" s="5"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="13"/>
       <c r="B14" s="19">
-        <v>2050</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>3016</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>17</v>
       </c>
       <c r="D14" s="18"/>
       <c r="E14" s="5"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="13"/>
       <c r="B15" s="19">
-        <v>3016</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1509</v>
+      </c>
+      <c r="C15" s="16" t="s">
+        <v>8</v>
       </c>
       <c r="D15" s="18"/>
       <c r="E15" s="5"/>
     </row>
-    <row r="16" spans="1:7" hidden="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="13"/>
       <c r="B16" s="19">
-        <v>1962</v>
+        <v>1866</v>
       </c>
       <c r="C16" s="16" t="s">
         <v>9</v>
       </c>
-      <c r="D16" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16" s="18"/>
       <c r="E16" s="5"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="13"/>
       <c r="B17" s="19">
-        <v>1509</v>
+        <v>2051</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="18"/>
       <c r="E17" s="5"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="13"/>
       <c r="B18" s="19">
-        <v>1866</v>
+        <v>1508</v>
       </c>
       <c r="C18" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="18"/>
       <c r="E18" s="5"/>
     </row>
-    <row r="19" spans="1:5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="13"/>
       <c r="B19" s="19">
-        <v>1959</v>
+        <v>1870</v>
       </c>
       <c r="C19" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="D19" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19" s="18"/>
       <c r="E19" s="5"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="13"/>
       <c r="B20" s="19">
-        <v>1868</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1872</v>
+      </c>
+      <c r="C20" s="17" t="s">
+        <v>18</v>
       </c>
       <c r="D20" s="18"/>
       <c r="E20" s="5"/>
     </row>
-    <row r="21" spans="1:5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="13"/>
       <c r="B21" s="19">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="C21" s="16" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D21" s="18"/>
       <c r="E21" s="5"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D22" s="18"/>
+    <row r="22" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="12"/>
+      <c r="B22" s="5"/>
+      <c r="C22" s="5"/>
+      <c r="D22" s="5"/>
       <c r="E22" s="5"/>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
-[...60 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="B11:D27" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="B11:D21" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="8">
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A6:B6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="70" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="f37f7e17-9198-4c5c-9fb6-139a42591593" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1f864810-76c3-4ee1-ad43-b65112515e10">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E89292E0FC9234CB69804FC69151D87" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="42dd1752268ea829a8818981b1711f2c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1f864810-76c3-4ee1-ad43-b65112515e10" xmlns:ns3="f37f7e17-9198-4c5c-9fb6-139a42591593" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5459030a2b50b8478df01cb012df443e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E89292E0FC9234CB69804FC69151D87" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="935605dbba8a5e6aaf07c1c485207eb5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1f864810-76c3-4ee1-ad43-b65112515e10" xmlns:ns3="f37f7e17-9198-4c5c-9fb6-139a42591593" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="99954b3f89a60665c7506cc657d58e24" ns2:_="" ns3:_="">
     <xsd:import namespace="1f864810-76c3-4ee1-ad43-b65112515e10"/>
     <xsd:import namespace="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -1301,70 +1202,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2034653E-67B6-4B88-935D-6926C50117A0}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB83A5E0-E406-4651-A646-A1642189927F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <ds:schemaRef ds:uri="1f864810-76c3-4ee1-ad43-b65112515e10"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2034653E-67B6-4B88-935D-6926C50117A0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B7426D7-AB5D-42F8-82E7-485EC16D84E2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BD6ECE3-68B7-46FC-A91B-06DB31E25279}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1f864810-76c3-4ee1-ad43-b65112515e10"/>
     <ds:schemaRef ds:uri="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>