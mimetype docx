--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -24,63 +24,52 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D0365A3" w14:textId="77777777" w:rsidR="00B5247D" w:rsidRPr="003C4F64" w:rsidRDefault="000B4064" w:rsidP="009C6E0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">PROVEN </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>PROVEN WINNERS</w:t>
+      </w:r>
       <w:r w:rsidR="002C4691" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> CUSTOMER </w:t>
       </w:r>
       <w:r w:rsidR="00934880" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>– G</w:t>
       </w:r>
       <w:r w:rsidR="00A52B25" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -4637,217 +4626,177 @@
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>including</w:t>
       </w:r>
       <w:r w:rsidR="00455F2B" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">consequential, lost profits, special, indirect or incidental </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">consequential, lost profits, special, indirect or incidental damages. This limitation applies </w:t>
+      </w:r>
+      <w:r w:rsidR="00934880" w:rsidRPr="003C4F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>to anything</w:t>
+      </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>damages</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> related to the plant products purchased, as well as claims for breach of contract, breach of warranty, guarantee or condition, strict liability, negligence, or other tort to the extent permitted by applicable law.</w:t>
+      </w:r>
+      <w:r w:rsidR="00455F2B" w:rsidRPr="003C4F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">. This limitation applies </w:t>
-[...8 lines deleted...]
-        <w:t>to anything</w:t>
+        <w:t xml:space="preserve"> It also applies even if replacement of the plant products purchased or a refund for the plant products do not fully compensate</w:t>
+      </w:r>
+      <w:r w:rsidR="00455F2B" w:rsidRPr="003C4F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> related to the plant products purchased, as well as claims for breach of contract, breach of warranty, guarantee or condition, strict liability, negligence, or other tort to the extent permitted by applicable law.</w:t>
+        <w:t>for any</w:t>
       </w:r>
       <w:r w:rsidR="00455F2B" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> It also applies even if replacement of the plant products purchased or a refund for the plant products do not fully compensate</w:t>
+        <w:t>or all</w:t>
       </w:r>
       <w:r w:rsidR="00455F2B" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>for any</w:t>
+        <w:t>losses, or if Proven Winners or its suppliers</w:t>
       </w:r>
       <w:r w:rsidR="00455F2B" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>or all</w:t>
+        <w:t>knew or</w:t>
       </w:r>
       <w:r w:rsidR="00455F2B" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C6E0C" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>losses, or if Proven Winners or its suppliers</w:t>
-[...55 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>should have known about the possibility of the damages.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A1BD20" w14:textId="77777777" w:rsidR="009C6E0C" w:rsidRPr="003C4F64" w:rsidRDefault="009C6E0C" w:rsidP="009C6E0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45E14E2A" w14:textId="156454B3" w:rsidR="00B5247D" w:rsidRPr="003C4F64" w:rsidRDefault="00C6705D" w:rsidP="009C6E0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -4906,69 +4855,58 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00B5247D" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mutations</w:t>
       </w:r>
       <w:r w:rsidR="00923818" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B5247D" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Customer</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> shall report to </w:t>
+        <w:t xml:space="preserve">Customer shall report to </w:t>
       </w:r>
       <w:r w:rsidR="000B4064" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Proven Winners</w:t>
       </w:r>
       <w:r w:rsidR="00B5247D" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> immediately any sport, bud mutation, or mutant (defined as a sudden heritable change appearing in a plant as the result of a change in genes and chromosomes which may or may not result in a superior plant) found in the </w:t>
       </w:r>
       <w:r w:rsidR="000B4064" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -5160,147 +5098,76 @@
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Quality Control Standard</w:t>
       </w:r>
       <w:r w:rsidR="00923818" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> shall ship, sell, or distribute none of the finished plants of the </w:t>
+      <w:r w:rsidRPr="003C4F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Customer shall ship, sell, or distribute none of the finished plants of the </w:t>
       </w:r>
       <w:r w:rsidR="000B4064" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Proven Winners</w:t>
       </w:r>
       <w:r w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> products unless </w:t>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> products unless the same shall be in healthy condition and of a size, condition, and appearance appropriate for retail sale.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC47B30" w14:textId="77777777" w:rsidR="00B5247D" w:rsidRPr="003C4F64" w:rsidRDefault="00B5247D" w:rsidP="009C6E0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BB6C13E" w14:textId="2720E0E8" w:rsidR="00B5247D" w:rsidRPr="003C4F64" w:rsidRDefault="00B5247D" w:rsidP="009C6E0C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -6093,120 +5960,120 @@
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>at 1-800-472-4724</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="272F415A" w14:textId="77777777" w:rsidR="00B5247D" w:rsidRPr="003C4F64" w:rsidRDefault="00B5247D" w:rsidP="009C6E0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AEAE30C" w14:textId="77777777" w:rsidR="0026671D" w:rsidRPr="003C4F64" w:rsidRDefault="0026671D" w:rsidP="009C6E0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00153CE6" w14:textId="5687B6A8" w:rsidR="0026671D" w:rsidRPr="003C4F64" w:rsidRDefault="00DB1D8D" w:rsidP="009C6E0C">
+    <w:p w14:paraId="00153CE6" w14:textId="0B401084" w:rsidR="0026671D" w:rsidRPr="003C4F64" w:rsidRDefault="00DB1D8D" w:rsidP="009C6E0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
-      <w:r w:rsidR="00362C12" w:rsidRPr="003C4F64">
+      <w:r w:rsidR="00222175">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0053230B" w:rsidRPr="003C4F64">
+        <w:t>2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="008065F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>4-2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="003372B4" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="0047382D" w:rsidRPr="003C4F64">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Canada</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0026671D" w:rsidRPr="003C4F64" w:rsidSect="00494ABA">
       <w:pgSz w:w="12240" w:h="20160" w:code="5"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15326273" w14:textId="77777777" w:rsidR="003474AF" w:rsidRDefault="003474AF">
+    <w:p w14:paraId="189C011E" w14:textId="77777777" w:rsidR="00942125" w:rsidRDefault="00942125">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F6145DB" w14:textId="77777777" w:rsidR="003474AF" w:rsidRDefault="003474AF">
+    <w:p w14:paraId="3EA0C949" w14:textId="77777777" w:rsidR="00942125" w:rsidRDefault="00942125">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -6235,58 +6102,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30239BF1" w14:textId="77777777" w:rsidR="003474AF" w:rsidRDefault="003474AF">
+    <w:p w14:paraId="4CBEE73B" w14:textId="77777777" w:rsidR="00942125" w:rsidRDefault="00942125">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77C8A077" w14:textId="77777777" w:rsidR="003474AF" w:rsidRDefault="003474AF">
+    <w:p w14:paraId="37E6217F" w14:textId="77777777" w:rsidR="00942125" w:rsidRDefault="00942125">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35997026"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2A8466A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6734,51 +6601,50 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1012489626">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="456335117">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1370766021">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="982345982">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B5247D"/>
     <w:rsid w:val="00015709"/>
     <w:rsid w:val="00024B61"/>
     <w:rsid w:val="00025516"/>
@@ -6811,50 +6677,51 @@
     <w:rsid w:val="00131A6F"/>
     <w:rsid w:val="0013784E"/>
     <w:rsid w:val="00151A73"/>
     <w:rsid w:val="00152293"/>
     <w:rsid w:val="001609BC"/>
     <w:rsid w:val="00171B88"/>
     <w:rsid w:val="00172163"/>
     <w:rsid w:val="00182527"/>
     <w:rsid w:val="00186202"/>
     <w:rsid w:val="00187658"/>
     <w:rsid w:val="0019002C"/>
     <w:rsid w:val="001B2C9A"/>
     <w:rsid w:val="001B3A6E"/>
     <w:rsid w:val="001B6057"/>
     <w:rsid w:val="001C33B7"/>
     <w:rsid w:val="001C3833"/>
     <w:rsid w:val="001C7FC6"/>
     <w:rsid w:val="001E0BFF"/>
     <w:rsid w:val="001E0D39"/>
     <w:rsid w:val="001E2517"/>
     <w:rsid w:val="001E7A08"/>
     <w:rsid w:val="001F5DA8"/>
     <w:rsid w:val="002015FF"/>
     <w:rsid w:val="00211B22"/>
     <w:rsid w:val="00211D4A"/>
+    <w:rsid w:val="00222175"/>
     <w:rsid w:val="00231DAB"/>
     <w:rsid w:val="002344E5"/>
     <w:rsid w:val="00240E0F"/>
     <w:rsid w:val="002500D2"/>
     <w:rsid w:val="00255ED6"/>
     <w:rsid w:val="00257351"/>
     <w:rsid w:val="00264D26"/>
     <w:rsid w:val="0026671D"/>
     <w:rsid w:val="0027098B"/>
     <w:rsid w:val="00270C0F"/>
     <w:rsid w:val="00275ECC"/>
     <w:rsid w:val="00283EEC"/>
     <w:rsid w:val="00285EE0"/>
     <w:rsid w:val="00287D61"/>
     <w:rsid w:val="00292352"/>
     <w:rsid w:val="00292E6E"/>
     <w:rsid w:val="002940B9"/>
     <w:rsid w:val="00297901"/>
     <w:rsid w:val="002A0FB1"/>
     <w:rsid w:val="002B3FDA"/>
     <w:rsid w:val="002B515D"/>
     <w:rsid w:val="002B7856"/>
     <w:rsid w:val="002C4691"/>
     <w:rsid w:val="002D293A"/>
     <w:rsid w:val="002D2FC5"/>
@@ -6872,87 +6739,89 @@
     <w:rsid w:val="00337E4A"/>
     <w:rsid w:val="00342B9E"/>
     <w:rsid w:val="003474AF"/>
     <w:rsid w:val="0035011A"/>
     <w:rsid w:val="00353573"/>
     <w:rsid w:val="00353B8A"/>
     <w:rsid w:val="00362C12"/>
     <w:rsid w:val="00367F87"/>
     <w:rsid w:val="003754A3"/>
     <w:rsid w:val="003B21ED"/>
     <w:rsid w:val="003C43D5"/>
     <w:rsid w:val="003C4F64"/>
     <w:rsid w:val="003D25FF"/>
     <w:rsid w:val="003D5392"/>
     <w:rsid w:val="003F039C"/>
     <w:rsid w:val="003F1586"/>
     <w:rsid w:val="003F22D7"/>
     <w:rsid w:val="003F641C"/>
     <w:rsid w:val="00402D8B"/>
     <w:rsid w:val="00405B1C"/>
     <w:rsid w:val="004264FA"/>
     <w:rsid w:val="004267D1"/>
     <w:rsid w:val="00432CAD"/>
     <w:rsid w:val="00433C83"/>
     <w:rsid w:val="004475F5"/>
+    <w:rsid w:val="00454399"/>
     <w:rsid w:val="00455F2B"/>
     <w:rsid w:val="00457229"/>
     <w:rsid w:val="00463C44"/>
     <w:rsid w:val="0047315C"/>
     <w:rsid w:val="0047382D"/>
     <w:rsid w:val="004831E3"/>
     <w:rsid w:val="00483734"/>
     <w:rsid w:val="00490D9D"/>
     <w:rsid w:val="00494ABA"/>
     <w:rsid w:val="00495A4B"/>
     <w:rsid w:val="00497019"/>
     <w:rsid w:val="004A2189"/>
     <w:rsid w:val="004A662D"/>
     <w:rsid w:val="004B7497"/>
     <w:rsid w:val="004C69E5"/>
     <w:rsid w:val="004C72E3"/>
     <w:rsid w:val="004D5D31"/>
     <w:rsid w:val="004E2BD3"/>
     <w:rsid w:val="004E37AE"/>
     <w:rsid w:val="00500577"/>
     <w:rsid w:val="00503C46"/>
     <w:rsid w:val="005046F7"/>
     <w:rsid w:val="00521B4C"/>
     <w:rsid w:val="00527344"/>
     <w:rsid w:val="00527628"/>
     <w:rsid w:val="0053230B"/>
     <w:rsid w:val="00537D11"/>
     <w:rsid w:val="00543B5D"/>
     <w:rsid w:val="005515AC"/>
     <w:rsid w:val="00551EBF"/>
     <w:rsid w:val="005528FD"/>
     <w:rsid w:val="0055331F"/>
     <w:rsid w:val="00563AD1"/>
     <w:rsid w:val="00576474"/>
     <w:rsid w:val="005835FA"/>
     <w:rsid w:val="00591B95"/>
     <w:rsid w:val="00593A59"/>
+    <w:rsid w:val="005A0841"/>
     <w:rsid w:val="005A1810"/>
     <w:rsid w:val="005A235A"/>
     <w:rsid w:val="005A3419"/>
     <w:rsid w:val="005A5FF1"/>
     <w:rsid w:val="005B22B6"/>
     <w:rsid w:val="005B6275"/>
     <w:rsid w:val="005E18F9"/>
     <w:rsid w:val="005F1C02"/>
     <w:rsid w:val="00601914"/>
     <w:rsid w:val="006041CA"/>
     <w:rsid w:val="0060436B"/>
     <w:rsid w:val="00616A98"/>
     <w:rsid w:val="0062137D"/>
     <w:rsid w:val="00625DC3"/>
     <w:rsid w:val="00647CC1"/>
     <w:rsid w:val="006524DE"/>
     <w:rsid w:val="00661C2C"/>
     <w:rsid w:val="00664BE9"/>
     <w:rsid w:val="0066557A"/>
     <w:rsid w:val="00677909"/>
     <w:rsid w:val="006803A7"/>
     <w:rsid w:val="00680BF4"/>
     <w:rsid w:val="00695E44"/>
     <w:rsid w:val="006A2984"/>
     <w:rsid w:val="006B6132"/>
@@ -6962,81 +6831,83 @@
     <w:rsid w:val="006F3AC3"/>
     <w:rsid w:val="006F5759"/>
     <w:rsid w:val="0070347F"/>
     <w:rsid w:val="007058E1"/>
     <w:rsid w:val="00707BCD"/>
     <w:rsid w:val="00712376"/>
     <w:rsid w:val="00712521"/>
     <w:rsid w:val="007136BC"/>
     <w:rsid w:val="00713C4F"/>
     <w:rsid w:val="00716416"/>
     <w:rsid w:val="00720CFD"/>
     <w:rsid w:val="00733EFF"/>
     <w:rsid w:val="00737505"/>
     <w:rsid w:val="00750DB9"/>
     <w:rsid w:val="00751883"/>
     <w:rsid w:val="007637A8"/>
     <w:rsid w:val="0076606A"/>
     <w:rsid w:val="0076626D"/>
     <w:rsid w:val="00786E1F"/>
     <w:rsid w:val="007904E4"/>
     <w:rsid w:val="007A3355"/>
     <w:rsid w:val="007B1A9A"/>
     <w:rsid w:val="007C18A7"/>
     <w:rsid w:val="007D0B85"/>
     <w:rsid w:val="007F35F5"/>
+    <w:rsid w:val="008065F6"/>
     <w:rsid w:val="00807BA6"/>
     <w:rsid w:val="0081029F"/>
     <w:rsid w:val="00813AA3"/>
     <w:rsid w:val="00813B10"/>
     <w:rsid w:val="00814B38"/>
     <w:rsid w:val="008176E2"/>
     <w:rsid w:val="00824100"/>
     <w:rsid w:val="0083049D"/>
     <w:rsid w:val="00832448"/>
     <w:rsid w:val="0083376D"/>
     <w:rsid w:val="0086166B"/>
     <w:rsid w:val="00865023"/>
     <w:rsid w:val="00880FC7"/>
     <w:rsid w:val="0088301A"/>
     <w:rsid w:val="00890CB3"/>
     <w:rsid w:val="008927BE"/>
     <w:rsid w:val="00896EB1"/>
     <w:rsid w:val="008A3C85"/>
     <w:rsid w:val="008A5635"/>
     <w:rsid w:val="008D48CD"/>
     <w:rsid w:val="008D5640"/>
     <w:rsid w:val="008E7A87"/>
     <w:rsid w:val="008F68FD"/>
     <w:rsid w:val="009008BC"/>
     <w:rsid w:val="009152CE"/>
     <w:rsid w:val="009235E4"/>
     <w:rsid w:val="00923818"/>
     <w:rsid w:val="00931C88"/>
     <w:rsid w:val="00932668"/>
     <w:rsid w:val="00934880"/>
     <w:rsid w:val="00941EDF"/>
+    <w:rsid w:val="00942125"/>
     <w:rsid w:val="009469E6"/>
     <w:rsid w:val="009476A6"/>
     <w:rsid w:val="0095440C"/>
     <w:rsid w:val="00956B15"/>
     <w:rsid w:val="0096180B"/>
     <w:rsid w:val="00966D04"/>
     <w:rsid w:val="00973B97"/>
     <w:rsid w:val="00983DEF"/>
     <w:rsid w:val="00984AF9"/>
     <w:rsid w:val="009907CD"/>
     <w:rsid w:val="00991E5B"/>
     <w:rsid w:val="00996A4D"/>
     <w:rsid w:val="00997EFF"/>
     <w:rsid w:val="009A44A5"/>
     <w:rsid w:val="009A5427"/>
     <w:rsid w:val="009A6596"/>
     <w:rsid w:val="009A72D1"/>
     <w:rsid w:val="009A7A13"/>
     <w:rsid w:val="009B3C1B"/>
     <w:rsid w:val="009C69B2"/>
     <w:rsid w:val="009C6E0C"/>
     <w:rsid w:val="009D7351"/>
     <w:rsid w:val="009D7530"/>
     <w:rsid w:val="009E1CC5"/>
     <w:rsid w:val="009E5C7F"/>
@@ -7093,50 +6964,51 @@
     <w:rsid w:val="00C44FAE"/>
     <w:rsid w:val="00C50A41"/>
     <w:rsid w:val="00C6705D"/>
     <w:rsid w:val="00C675C8"/>
     <w:rsid w:val="00C67FCE"/>
     <w:rsid w:val="00C807EA"/>
     <w:rsid w:val="00C9068A"/>
     <w:rsid w:val="00CA295A"/>
     <w:rsid w:val="00CB5A1D"/>
     <w:rsid w:val="00CB6D8B"/>
     <w:rsid w:val="00CC0316"/>
     <w:rsid w:val="00CC5BB0"/>
     <w:rsid w:val="00CC7B3B"/>
     <w:rsid w:val="00CD1611"/>
     <w:rsid w:val="00CD3EA3"/>
     <w:rsid w:val="00CD56B3"/>
     <w:rsid w:val="00CE133D"/>
     <w:rsid w:val="00CE6796"/>
     <w:rsid w:val="00CE6868"/>
     <w:rsid w:val="00CE691C"/>
     <w:rsid w:val="00D01A95"/>
     <w:rsid w:val="00D02608"/>
     <w:rsid w:val="00D029F2"/>
     <w:rsid w:val="00D3216D"/>
     <w:rsid w:val="00D35666"/>
+    <w:rsid w:val="00D36109"/>
     <w:rsid w:val="00D47E8D"/>
     <w:rsid w:val="00D57A37"/>
     <w:rsid w:val="00D736A3"/>
     <w:rsid w:val="00D73B53"/>
     <w:rsid w:val="00D74447"/>
     <w:rsid w:val="00D758B2"/>
     <w:rsid w:val="00D90E68"/>
     <w:rsid w:val="00D919F3"/>
     <w:rsid w:val="00D97785"/>
     <w:rsid w:val="00DB1D8D"/>
     <w:rsid w:val="00DB4AB4"/>
     <w:rsid w:val="00DB6FB4"/>
     <w:rsid w:val="00DD69EE"/>
     <w:rsid w:val="00DE07C5"/>
     <w:rsid w:val="00DE0E89"/>
     <w:rsid w:val="00DE1EB5"/>
     <w:rsid w:val="00DF21B1"/>
     <w:rsid w:val="00E10DDB"/>
     <w:rsid w:val="00E10E48"/>
     <w:rsid w:val="00E11709"/>
     <w:rsid w:val="00E259F3"/>
     <w:rsid w:val="00E25D72"/>
     <w:rsid w:val="00E26DFF"/>
     <w:rsid w:val="00E41F2C"/>
     <w:rsid w:val="00E43ACE"/>
@@ -8079,52 +7951,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="f37f7e17-9198-4c5c-9fb6-139a42591593" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1f864810-76c3-4ee1-ad43-b65112515e10">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E89292E0FC9234CB69804FC69151D87" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="42dd1752268ea829a8818981b1711f2c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1f864810-76c3-4ee1-ad43-b65112515e10" xmlns:ns3="f37f7e17-9198-4c5c-9fb6-139a42591593" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5459030a2b50b8478df01cb012df443e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E89292E0FC9234CB69804FC69151D87" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="935605dbba8a5e6aaf07c1c485207eb5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1f864810-76c3-4ee1-ad43-b65112515e10" xmlns:ns3="f37f7e17-9198-4c5c-9fb6-139a42591593" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="99954b3f89a60665c7506cc657d58e24" ns2:_="" ns3:_="">
     <xsd:import namespace="1f864810-76c3-4ee1-ad43-b65112515e10"/>
     <xsd:import namespace="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -8355,98 +8227,98 @@
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54F5D60C-4C32-4379-AF35-6A76BB4D3A21}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67C1BFE8-A66F-4028-9404-E79EB208282A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <ds:schemaRef ds:uri="1f864810-76c3-4ee1-ad43-b65112515e10"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D62D8933-49F3-44CF-AE6F-76836C3667AD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BF23E2D-D42D-400B-8C09-8D372328F9EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1f864810-76c3-4ee1-ad43-b65112515e10"/>
     <ds:schemaRef ds:uri="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2411</Words>
-  <Characters>12971</Characters>
+  <Words>2320</Words>
+  <Characters>13225</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PW GROW AND SELL AGREEMENT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Proven Winners</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15443</CharactersWithSpaces>
+  <CharactersWithSpaces>15514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PW GROW AND SELL AGREEMENT</dc:title>
   <dc:creator>Mark Broxon</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004E89292E0FC9234CB69804FC69151D87</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>