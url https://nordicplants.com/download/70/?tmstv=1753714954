--- v0 (2025-11-01)
+++ v1 (2026-02-10)
@@ -1,3459 +1,2245 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nordicnurseries.sharepoint.com/sites/NordicNurseriesLTD/Shared Documents/File Structure/! Staff Folder Directory/Jack/website/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\##Nordic Sales - Cutting\Cutting Database Availability\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="14" documentId="11_B83561606589C25CFCDF894F1D4926207843AB2A" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7454EDCF-8DB1-4456-B52B-E57F49FDE8C5}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D1272201-742F-4BD3-8397-A9FDF3B334A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3075" yWindow="1170" windowWidth="21600" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="Availability" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1134" uniqueCount="492">
-[...1 lines deleted...]
-    <t>Product ID</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="960" uniqueCount="651">
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Type</t>
+  </si>
+  <si>
+    <t>Variety</t>
+  </si>
+  <si>
+    <t>Please fill out all required fields below:</t>
+  </si>
+  <si>
+    <t>Customer Name:</t>
+  </si>
+  <si>
+    <t>Ship Week:</t>
+  </si>
+  <si>
+    <t>Broker:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shipping Instructions: </t>
+  </si>
+  <si>
+    <t>Email to: orders@nordicplants.com</t>
   </si>
   <si>
     <t>Tray Size</t>
   </si>
   <si>
-    <t>LINE</t>
-[...5 lines deleted...]
-    <t>Variety</t>
+    <t>Week 9</t>
+  </si>
+  <si>
+    <t>Week 10</t>
+  </si>
+  <si>
+    <t>Week 11</t>
+  </si>
+  <si>
+    <t>Week 12</t>
+  </si>
+  <si>
+    <t>Week 13</t>
+  </si>
+  <si>
+    <t>Week 14</t>
+  </si>
+  <si>
+    <t>Week 15</t>
+  </si>
+  <si>
+    <t>Week 16</t>
+  </si>
+  <si>
+    <t>1001</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
-    <t>Ageratum hybrid</t>
-[...39 lines deleted...]
-    </r>
+    <t>Ageratum hybrid Artist® Blue</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>Angelonia angustifolia Angelface® Blue III</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>Angelonia hybrid Angelface® Cascade Blue</t>
+  </si>
+  <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>Angelonia hybrid Angelface® Cascade Snow</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>Angelonia hybrid Angelface® Perfectly Pink</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>Angelonia hybrid Angelface® Super Blue II</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>Angelonia hybrid Angelface® Super White III</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>Angelonia hybrid Angelface® Wedgewood Blue III</t>
+  </si>
+  <si>
+    <t>1420</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
-    <t>Agrostis stolonifera</t>
-[...50 lines deleted...]
-    <t>Pure White Butterfly™</t>
+    <t>Aptenia cordifloria Variegata</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>Argyranthemum frutescens Golden Butterfly®</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>Argyranthemum frutescens Pure White Butterfly®</t>
+  </si>
+  <si>
+    <t>1018</t>
   </si>
   <si>
     <t>PWA</t>
   </si>
   <si>
-    <t>Artemisia stellariana</t>
-[...368 lines deleted...]
-    <t>Solenia® Yellow</t>
+    <t>Artemisia stellariana Silver Bullet®</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>Asparagus densiflorous 'sprengeri' Asparagus Fern</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>Bacopa (Sutera cordata) Snowstorm® Blue III</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>Bacopa (Sutera cordata) Snowstorm® Giant Snowflake®</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>Bacopa (Sutera cordata) Snowstorm® Rose</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>Bacopa (Sutera hybrid) Snowstorm® Snow Globe® II</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>Begonia hybrid Double Delight® Blush Rose</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>Begonia hybrid Double Delight® Primrose</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>Begonia hybrid Double Up™ Red</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>Begonia hybrid Double Up™ White</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>Begonia Rex Space Age™ Triton™</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>Begonia x hiemalis Solenia® Chocolate Orange</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>Bidens ferulifolia Campfire® Flame</t>
+  </si>
+  <si>
+    <t>1946</t>
   </si>
   <si>
     <t xml:space="preserve">PW </t>
   </si>
   <si>
-    <t>Bidens ferulfolia</t>
-[...2588 lines deleted...]
-    <t>Angelface® Cascade Snow</t>
+    <t>Bidens ferulifolia Campfire® Marshmallow™</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>Bidens ferulifolia Goldilocks Rocks® II</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>Browallia hybrid Endless™ Flirtation</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>Browallia hybrid Endless™ Illumination</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells Magic® Pink Lemonade</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Blackcurrant Punch™</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Blue Improved II</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Blue Moon Punch™</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Cardinal Star™</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Cherry Red II</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Cherry Star</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Coral Sun™</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Coralina</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Amber</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Blue</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Chiffon</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Orange</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Redstone™</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Ruby</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Smitten Pink™</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Twilight™</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Vintage Coral™</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double White</t>
+  </si>
+  <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Double Yellow</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Doublette Love Swept™</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Dreamsicle® II</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Evening Star™ II</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Grape Punch™ II</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Holy Cow!™</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Holy Moly!®</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Holy Smokes!®</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Honeyberry™</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Lemon Slice®</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Over Easy™ II</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Pink II</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Plum II</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Pomegranate Punch™</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Red II</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Rising Star™</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Strawberry Punch™</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Tangerine Punch™ II</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Tropical Sunrise</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Watermelon Punch™</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® White III</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Yellow Chiffon™</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>Calibrachoa hybrid Superbells® Yellow IV</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>Chrysocephalum apiculatum Flambe® Yellow</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>Cleome hybrid Señorita Blanca® II</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>Cleome hybrid Señorita Rosalita®</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Cherry Drop</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Chocolate Drop</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Dipt in Wine</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® El Brighto</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Golden Dreams™</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Lime Time®</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Mini Me™ Chartreuse</t>
+  </si>
+  <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Mini Me™ Watermelon</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Newly Noir™</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Rediculous®</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Royale Cherry Brandy®</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Royale Pineapple Brandy™</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Sedona Sunset®</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Strawberry Drop</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Torchlight®</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Velveteen®</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Wicked Hot®</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Colorblaze® Wicked Witch™</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>Coleus (Solenostemon scutellariodes) Nordic Mix (5 assorted varieties)</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cosmos atrosanguineus Choca Mocha </t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>Cuphea hybrid Vermillionaire®</t>
+  </si>
+  <si>
+    <t>2040</t>
+  </si>
+  <si>
+    <t>Cuphea procumbens Totally Tempted® Frosted Violets™</t>
+  </si>
+  <si>
+    <t>2041</t>
+  </si>
+  <si>
+    <t>Cuphea procumbens Totally Tempted® Richly Red™</t>
+  </si>
+  <si>
+    <t>2042</t>
+  </si>
+  <si>
+    <t>Cuphea procumbens Totally Tempted® Vivid Violet™</t>
+  </si>
+  <si>
+    <t>2043</t>
+  </si>
+  <si>
+    <t>Cuphea procumbens Totally Tempted® Watermelon Wine™</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>Dahlia hybrid Mystic Illusion</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>Dahlia variabilis Virtuoso® Classy Carmine™</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>Dahlia variabilis Virtuoso® Dayglo Yellow™</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>Dahlia variabilis Virtuoso® Pinkerific™</t>
+  </si>
+  <si>
+    <t>2044</t>
+  </si>
+  <si>
+    <t>Dahlia variabilis Virtuoso® Rad Raz™</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>Dahlia variabilis Virtuoso® Vibrant Violet™</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>Dichondra argentea Silver Falls™</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>Euphorbia amygdaloides Diamond Snow®</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>Euphorbia hypericifolia Diamond Frost®</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>Euphorbia hypericifolia Diamond Mountain®</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>Fuchsia hybrid trailing Dark Eyes</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>Fuchsia hybrid trailing Swingtime</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>Fuchsia sp. Wilma Verslot</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>Gaura (Oenothera lindheimeri) Karalee® Petite Pink III</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>Gaura (Oenothera lindheimeri) Stratosphere™ Pink Picotee</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>Gaura (Oenothera lindheimeri) Stratosphere™ White</t>
+  </si>
+  <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>Geranium (Pelargonium interspecific) Boldly® Coral</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>Geranium (Pelargonium interspecific) Boldly® Dark Red</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>Geranium (Pelargonium interspecific) Boldly® Hot Pink</t>
+  </si>
+  <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>Geranium (Pelargonium interspecific) Boldly® White</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geranium (Pelargonium interspecific) Timeless™ Fire </t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geranium (Pelargonium interspecific) Timeless™ Lavender </t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geranium (Pelargonium interspecific) Timeless™ Orange </t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>Gomphrena pulchella Truffula™ Pink</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>Grass (Cyperus involucratus) Graceful Grasses® Baby Tut®</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>Grass (Cyperus papyrus) Graceful Grasses® King Tut®</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>Grass (Cyperus papyrus) Graceful Grasses® Prince Tut™</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>Grass (Cyperus prolifer) Graceful Grasses® Queen Tut™</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>Grass (Isolepsis cernuus) Graceful Grasses® Fiber Optic Grass</t>
+  </si>
+  <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>Grass (Juncus effusus) Graceful Grasses® Curly Wurly</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>Grass (Juncus inflexus) Graceful Grasses® Blue Mohawk®</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>Grass (Pennisetum purpureum) Graceful Grasses® Vertigo® [DO NOT EXPORT]</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>Grass Pennisetum setaceum Graceful Grasses® Purple Fountain Grass</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>Hedera helix White Ripple [DO NOT EXPORT - Oregon and Washington States]</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>Hedera helix Yellow Ripple [DO NOT EXPORT - Oregon and Washington States]</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>Helianthus hybrid Suncredible® Saturn™</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>Helianthus hybrid Suncredible® Yellow II</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>Helichrysum petiolare Licorice Splash</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>Helichrysum petiolare Petite Licorice</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>Helichrysum petiolare White Licorice</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>Helichrysum thianschanicum Icicles</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>Heliotrope (Heliotropium arborescens) Aromagica® Purple</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>Heliotrope (Heliotropium arborescens) Augusta® Lavender</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>Heliotrope (Heliotropium arborescens) Marine</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>Hypoestes phyllostachya Hippo® Red II</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>Hypoestes phyllostachya Hippo® Rose</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>Hypoestes phyllostachya Hippo® White</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact Deep Rose</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact Fire Red</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact Orange</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact Orchid</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact Purple</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact Royal Magenta</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact Tropical Rose</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>Impatiens hawkerii SunPatiens® Compact White</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® Appleblossom</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® Coral Reef</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® Purple</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® Red</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® Rose</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® Tropical Shades</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® White</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>Impatiens walleriana Rockapulco® Wisteria</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Margarita</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Bewitched After Midnight™ II</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Bewitched Green with Envy™</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Light Green</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Medusa™ Green</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Raven™ II</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Red Hawk™ II</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Sweetheart Jet Black™</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Sweetheart Lime</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Sweetheart Mahogany™</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Upside™ Black Coffee</t>
+  </si>
+  <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas Sweet Caroline Upside™ Key Lime</t>
+  </si>
+  <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>Jamesbrittenia hybrid Safari® Dawn</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>Jamesbrittenia hybrid Safari® Dusk™</t>
+  </si>
+  <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jamesbrittenia hybrid Safari® Sky </t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Basket Tangeglow®</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Berry Blend™</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Citrus Blend™ II</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Goldengate™</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Marmalade</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Pinkberry Blend™</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Royale Cosmo</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Royale Lemon Tart™</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>Lantana camara Luscious® Royale Pina Colada</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>Lantana hybrid Luscious® Royale Red Zone™</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>Lavender (Lavandula angustifolia.) Munstead Lavender</t>
+  </si>
+  <si>
+    <t>1715</t>
+  </si>
+  <si>
+    <t>Lobelia erinus Laguna® Cloud White™</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>Lobelia erinus Laguna® Dark Blue II</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>Lobelia erinus Laguna® Sky Blue III</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>Lobelia erinus Laguna® Ultraviolet™</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>Lobularia hybrid Blushing Princess®</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>Lobularia hybrid Snow Princess®</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>Lobularia maritima White Knight® II</t>
+  </si>
+  <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>Lobularia sp. Violet Knight®</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>Lophospermum hybrid Lofos® Compact Rose</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>Lophospermum hybrid Lofos® Compact White</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>Lysimachia congestiflora Waikiki Sunset™</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>Lysimachia nummularia Goldilocks</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>Mecardonia hybrid GoldDust®</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>Muehlenbeckia complexa Big Leaf</t>
+  </si>
+  <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>Nemesia fruticans Aromance® Mulberry™</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>Nemesia fruticans Aromance® Pink</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>Nemesia fruticans Bluebird II</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>Nemesia hybrid Sunsatia® Blood Orange™</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>Nemesia hybrid Sunsatia® Coconut III</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>Nemesia hybrid Sunsatia® Lemon II</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>Oenothera hybrid (Calylophus) Superlophus™ Sunglow</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>Oregano (Origanum vulgare hirtum) Greek Oregano</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>Osteospermum ecklonis Bright Lights™ Horizon™ Sunset</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>Osteospermum ecklonis Bright Lights™ Red</t>
+  </si>
+  <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>Osteospermum hybrid Bright Lights™ Double Moonglow</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>Osteospermum hybrid Bright Lights™ Pink</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>Osteospermum hybrid Bright Lights™ Purple</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>Osteospermum hybrid Bright Lights™ White</t>
+  </si>
+  <si>
+    <t>1318</t>
+  </si>
+  <si>
+    <t>Osteospermum hybrid Bright Lights™ Yellow</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Hot Pink</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Indigo</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Midnight</t>
+  </si>
+  <si>
+    <t>1356</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Pink Star</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Plum Veined</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Scarlet</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Ultramarine</t>
+  </si>
+  <si>
+    <t>1358</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Violet Star</t>
+  </si>
+  <si>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® White</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Mini Vista® Yellow</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Vista® Bubblegum® II</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Vista® Fuchsia II</t>
+  </si>
+  <si>
+    <t>1718</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Vista® Jazzberry®</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Vista® Paradise</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Vista® Silverberry</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia Vista® Snowdrift™</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Bermuda Beach® III</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Black Cherry®</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Blue Tiara™</t>
+  </si>
+  <si>
+    <t>1374</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Blue Veined</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Bordeaux™ II</t>
+  </si>
+  <si>
+    <t>1345</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Daybreak Charm</t>
+  </si>
+  <si>
+    <t>1346</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Giant Pink</t>
+  </si>
+  <si>
+    <t>1347</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Honey™</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Hoopla® Vivid Orchid™</t>
+  </si>
+  <si>
+    <t>1349</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Latte™</t>
+  </si>
+  <si>
+    <t>1351</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Lovie Dovie™</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Persimmon</t>
+  </si>
+  <si>
+    <t>1361</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Picasso in Purple®</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Pink Tiara™</t>
+  </si>
+  <si>
+    <t>1362</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Priscilla® III</t>
+  </si>
+  <si>
+    <t>1363</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Raspberry Rush™</t>
+  </si>
+  <si>
+    <t>1365</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Really Red II</t>
+  </si>
+  <si>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Royal Magenta® II</t>
+  </si>
+  <si>
+    <t>1369</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Royal Velvet® II</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Saffron Finch™</t>
+  </si>
+  <si>
+    <t>1376</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Supertunia® Silver</t>
+  </si>
+  <si>
+    <t>1380</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Surfinia® Deep Red</t>
+  </si>
+  <si>
+    <t>1381</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Surfinia® Giant Blue</t>
+  </si>
+  <si>
+    <t>1382</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Surfinia® Giant Purple</t>
+  </si>
+  <si>
+    <t>1383</t>
+  </si>
+  <si>
+    <t>Petunia hybrid Surfinia® Heartbeat</t>
+  </si>
+  <si>
+    <t>1385</t>
+  </si>
+  <si>
+    <t>Phlox drumondii Southern Blaze™ Red Hot</t>
+  </si>
+  <si>
+    <t>1386</t>
+  </si>
+  <si>
+    <t>Phlox drumondii Southern Blaze™ White III</t>
+  </si>
+  <si>
+    <t>1387</t>
+  </si>
+  <si>
+    <t>Phlox hybrid Southern Blaze™ Blueberry</t>
+  </si>
+  <si>
+    <t>1389</t>
+  </si>
+  <si>
+    <t>Portulaca umbraticola Mojave® Fuchsia III</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>Portulaca umbraticola Mojave® Mango</t>
+  </si>
+  <si>
+    <t>1390</t>
+  </si>
+  <si>
+    <t>Portulaca umbraticola Mojave® Pink</t>
+  </si>
+  <si>
+    <t>1391</t>
+  </si>
+  <si>
+    <t>Portulaca umbraticola Mojave® Red II</t>
+  </si>
+  <si>
+    <t>1392</t>
+  </si>
+  <si>
+    <t>Portulaca umbraticola Mojave® Tangerine II</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t>Portulaca umbraticola Mojave® Yellow II</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>Rosemary (Rosmarinus officinalis) BBQ (Arp)</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>Salvia coccinea Unplugged® White</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>Salvia farinacea Unplugged® Pink</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>Salvia farinacea Unplugged® Red</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>Salvia farinacea Unplugged® So Blue™</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>Salvia guaranitica hybrid Rockin'® Deep Purple II</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>Salvia hybrid Rockin'® Blue Suede Shoes™</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>Salvia hybrid Rockin'® Fuchsia</t>
+  </si>
+  <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>Salvia longispicata x farinacea Rockin'® Playin' the Blues® II</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>Sanvitalia procumbens Sunbini® III</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>Scaevola aemula Stardiva® Blue</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>Scaevola aemula Stardiva® Pink</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>Scaevola aemula Stardiva® White</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>Scaevola aemula Whirlwind® Blue II</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>Scaevola aemula Whirlwind® Pink</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>Scaevola aemula Whirlwind® White III</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>Sedum mexicanum Lemon Coral®</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>Senecio rowleyanus String of Pearls</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>Spearmint (Mentha spicata) Spearmint</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>NORN</t>
+  </si>
+  <si>
+    <t>Succulent Combo Tray - Assorted Nordic Mix of 10 varieties (No Tags)</t>
+  </si>
+  <si>
+    <t>1642</t>
+  </si>
+  <si>
+    <t>Thunbergia alata Coconut A-Peel®</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>Thunbergia alata Lemon A-Peel®</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>Thunbergia alata Orange A-Peel®</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>Thunbergia alata Tangerine Slice A-Peel®</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>Thyme (Thymus vulgaris) English Thyme</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>Thyme (Thymus x citriodorus) Thyme Lemon</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>Torenia hybrid Catalina® Gilded Grape™</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>Torenia hybrid Catalina® Midnight Blue</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>Torenia hybrid Catalina® Pink II</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>Torenia hybrid Summer Wave® Large Blue</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>Torenia hybrid Summer Wave® Large Violet</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>Verbena bonariensis Meteor Shower®</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena Royale®  Iced Cherry</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena Royale®  Plum Wine</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena Royale®  Romance</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena Royale® Cherryburst II</t>
+  </si>
+  <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Cobalt™</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Peachy Keen II</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Pink Cashmere™</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Pink Shades</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Raspberry</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Red</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Sparkling Amethyst II</t>
+  </si>
+  <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Sparkling Rosé</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Stormburst</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Violet Ice</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>Verbena hybrid Superbena® Whiteout™</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>Vinca vine major Wojo's Jem</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+  </numFmts>
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...10 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...22 lines deleted...]
-      <color theme="1"/>
+      <b/>
+      <sz val="12"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...21 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-      <name val="Calibri"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...16 lines deleted...]
-    </fill>
   </fills>
-  <borders count="7">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
-      </left>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
-      </top>
-      <bottom style="medium">
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...14 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="1" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="justify" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="12" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{65929EFA-6217-43BD-9445-1F51DEBB2C8F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3689,6524 +2475,12159 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E378"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:L327"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J367" sqref="J367"/>
+      <selection activeCell="M13" sqref="M13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="46.28515625" customWidth="1"/>
+    <col min="1" max="1" width="8.7109375" style="5"/>
+    <col min="3" max="3" width="54.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="33" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E1" s="4" t="s">
+    <row r="1" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1"/>
+      <c r="C1" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2"/>
+      <c r="C2" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3"/>
+      <c r="C3" s="7"/>
+    </row>
+    <row r="4" spans="1:12" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
         <v>4</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C2" s="7" t="s">
+      <c r="B4" s="9"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A5" s="18"/>
+      <c r="B5" s="19"/>
+      <c r="C5" s="20"/>
+      <c r="D5" s="3"/>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+    </row>
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="D2" s="8" t="s">
+      <c r="B6" s="17"/>
+      <c r="C6" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="E2" s="9" t="s">
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1"/>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" s="13"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+    </row>
+    <row r="8" spans="1:12" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="8" t="s">
         <v>7</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" s="7" t="s">
+      <c r="B8" s="9"/>
+      <c r="C8" s="10"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+    </row>
+    <row r="9" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="13"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="C10" s="4"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2</v>
+      </c>
+      <c r="D13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>12</v>
+      </c>
+      <c r="H13" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" t="s">
+        <v>14</v>
+      </c>
+      <c r="J13" t="s">
+        <v>15</v>
+      </c>
+      <c r="K13" t="s">
+        <v>16</v>
+      </c>
+      <c r="L13" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14">
+        <v>100</v>
+      </c>
+      <c r="E14">
+        <v>0</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
+      </c>
+      <c r="G14">
+        <v>0</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+      <c r="I14">
+        <v>12</v>
+      </c>
+      <c r="J14">
+        <v>2</v>
+      </c>
+      <c r="K14">
+        <v>2</v>
+      </c>
+      <c r="L14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15">
+        <v>100</v>
+      </c>
+      <c r="E15">
+        <v>0</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15">
+        <v>0</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15">
+        <v>3</v>
+      </c>
+      <c r="J15">
+        <v>1</v>
+      </c>
+      <c r="K15">
+        <v>4</v>
+      </c>
+      <c r="L15">
         <v>5</v>
       </c>
-      <c r="D3" s="8" t="s">
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16">
+        <v>100</v>
+      </c>
+      <c r="E16">
+        <v>0</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+      <c r="G16">
+        <v>0</v>
+      </c>
+      <c r="H16">
+        <v>0</v>
+      </c>
+      <c r="I16">
+        <v>1</v>
+      </c>
+      <c r="J16">
+        <v>3</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17">
+        <v>100</v>
+      </c>
+      <c r="E17">
+        <v>0</v>
+      </c>
+      <c r="F17">
+        <v>1</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+      <c r="I17">
+        <v>0</v>
+      </c>
+      <c r="J17">
+        <v>1</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18">
+        <v>100</v>
+      </c>
+      <c r="E18">
+        <v>0</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18">
+        <v>0</v>
+      </c>
+      <c r="H18">
+        <v>0</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18">
+        <v>2</v>
+      </c>
+      <c r="K18">
+        <v>0</v>
+      </c>
+      <c r="L18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19">
+        <v>100</v>
+      </c>
+      <c r="E19">
+        <v>0</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19">
+        <v>0</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19">
+        <v>1</v>
+      </c>
+      <c r="J19">
+        <v>0</v>
+      </c>
+      <c r="K19">
+        <v>1</v>
+      </c>
+      <c r="L19">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A20" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20">
+        <v>100</v>
+      </c>
+      <c r="E20">
+        <v>0</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20">
+        <v>2</v>
+      </c>
+      <c r="J20">
+        <v>2</v>
+      </c>
+      <c r="K20">
+        <v>2</v>
+      </c>
+      <c r="L20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C21" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21">
+        <v>100</v>
+      </c>
+      <c r="E21">
+        <v>1</v>
+      </c>
+      <c r="F21">
+        <v>0</v>
+      </c>
+      <c r="G21">
+        <v>0</v>
+      </c>
+      <c r="H21">
+        <v>0</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21">
+        <v>0</v>
+      </c>
+      <c r="K21">
+        <v>2</v>
+      </c>
+      <c r="L21">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B22" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" t="s">
+        <v>37</v>
+      </c>
+      <c r="D22">
+        <v>100</v>
+      </c>
+      <c r="E22">
+        <v>0</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
+      </c>
+      <c r="G22">
+        <v>0</v>
+      </c>
+      <c r="H22">
+        <v>0</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+      <c r="K22">
         <v>8</v>
       </c>
-      <c r="E3" s="9" t="s">
+      <c r="L22">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B23" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D23">
+        <v>100</v>
+      </c>
+      <c r="E23">
+        <v>1</v>
+      </c>
+      <c r="F23">
+        <v>6</v>
+      </c>
+      <c r="G23">
+        <v>0</v>
+      </c>
+      <c r="H23">
+        <v>0</v>
+      </c>
+      <c r="I23">
+        <v>15</v>
+      </c>
+      <c r="J23">
+        <v>14</v>
+      </c>
+      <c r="K23">
+        <v>7</v>
+      </c>
+      <c r="L23">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" t="s">
+        <v>41</v>
+      </c>
+      <c r="D24">
+        <v>100</v>
+      </c>
+      <c r="E24">
+        <v>1</v>
+      </c>
+      <c r="F24">
+        <v>4</v>
+      </c>
+      <c r="G24">
+        <v>0</v>
+      </c>
+      <c r="H24">
+        <v>0</v>
+      </c>
+      <c r="I24">
+        <v>7</v>
+      </c>
+      <c r="J24">
+        <v>5</v>
+      </c>
+      <c r="K24">
+        <v>3</v>
+      </c>
+      <c r="L24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25" t="s">
+        <v>43</v>
+      </c>
+      <c r="C25" t="s">
+        <v>44</v>
+      </c>
+      <c r="D25">
+        <v>100</v>
+      </c>
+      <c r="E25">
+        <v>0</v>
+      </c>
+      <c r="F25">
+        <v>0</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+      <c r="I25">
+        <v>5</v>
+      </c>
+      <c r="J25">
+        <v>5</v>
+      </c>
+      <c r="K25">
+        <v>0</v>
+      </c>
+      <c r="L25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" t="s">
+        <v>46</v>
+      </c>
+      <c r="D26">
+        <v>100</v>
+      </c>
+      <c r="E26">
+        <v>2</v>
+      </c>
+      <c r="F26">
+        <v>1</v>
+      </c>
+      <c r="G26">
+        <v>3</v>
+      </c>
+      <c r="H26">
+        <v>0</v>
+      </c>
+      <c r="I26">
+        <v>2</v>
+      </c>
+      <c r="J26">
+        <v>17</v>
+      </c>
+      <c r="K26">
+        <v>0</v>
+      </c>
+      <c r="L26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27">
+        <v>100</v>
+      </c>
+      <c r="E27">
+        <v>3</v>
+      </c>
+      <c r="F27">
+        <v>3</v>
+      </c>
+      <c r="G27">
+        <v>1</v>
+      </c>
+      <c r="H27">
+        <v>0</v>
+      </c>
+      <c r="I27">
+        <v>5</v>
+      </c>
+      <c r="J27">
+        <v>3</v>
+      </c>
+      <c r="K27">
         <v>9</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C4" s="7" t="s">
+      <c r="L27">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" t="s">
+        <v>50</v>
+      </c>
+      <c r="D28">
+        <v>100</v>
+      </c>
+      <c r="E28">
+        <v>2</v>
+      </c>
+      <c r="F28">
+        <v>1</v>
+      </c>
+      <c r="G28">
+        <v>1</v>
+      </c>
+      <c r="H28">
+        <v>0</v>
+      </c>
+      <c r="I28">
+        <v>30</v>
+      </c>
+      <c r="J28">
+        <v>17</v>
+      </c>
+      <c r="K28">
+        <v>16</v>
+      </c>
+      <c r="L28">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29">
+        <v>100</v>
+      </c>
+      <c r="E29">
+        <v>1</v>
+      </c>
+      <c r="F29">
+        <v>0</v>
+      </c>
+      <c r="G29">
+        <v>2</v>
+      </c>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29">
+        <v>7</v>
+      </c>
+      <c r="J29">
+        <v>11</v>
+      </c>
+      <c r="K29">
         <v>5</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="L29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B30" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" t="s">
+        <v>54</v>
+      </c>
+      <c r="D30">
+        <v>100</v>
+      </c>
+      <c r="E30">
+        <v>1</v>
+      </c>
+      <c r="F30">
+        <v>1</v>
+      </c>
+      <c r="G30">
+        <v>1</v>
+      </c>
+      <c r="H30">
+        <v>0</v>
+      </c>
+      <c r="I30">
         <v>8</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="J30">
+        <v>3</v>
+      </c>
+      <c r="K30">
+        <v>4</v>
+      </c>
+      <c r="L30">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" t="s">
+        <v>19</v>
+      </c>
+      <c r="C31" t="s">
+        <v>56</v>
+      </c>
+      <c r="D31">
+        <v>50</v>
+      </c>
+      <c r="E31">
+        <v>0</v>
+      </c>
+      <c r="F31">
+        <v>0</v>
+      </c>
+      <c r="G31">
+        <v>0</v>
+      </c>
+      <c r="H31">
+        <v>0</v>
+      </c>
+      <c r="I31">
+        <v>1</v>
+      </c>
+      <c r="J31">
+        <v>1</v>
+      </c>
+      <c r="K31">
+        <v>1</v>
+      </c>
+      <c r="L31">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A32" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C32" t="s">
+        <v>58</v>
+      </c>
+      <c r="D32">
+        <v>50</v>
+      </c>
+      <c r="E32">
+        <v>0</v>
+      </c>
+      <c r="F32">
+        <v>0</v>
+      </c>
+      <c r="G32">
+        <v>0</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+      <c r="K32">
+        <v>1</v>
+      </c>
+      <c r="L32">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B33" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" t="s">
+        <v>60</v>
+      </c>
+      <c r="D33">
+        <v>100</v>
+      </c>
+      <c r="E33">
+        <v>0</v>
+      </c>
+      <c r="F33">
+        <v>8</v>
+      </c>
+      <c r="G33">
+        <v>0</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+      <c r="K33">
+        <v>0</v>
+      </c>
+      <c r="L33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C34" t="s">
+        <v>62</v>
+      </c>
+      <c r="D34">
+        <v>100</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>1</v>
+      </c>
+      <c r="G34">
+        <v>0</v>
+      </c>
+      <c r="H34">
+        <v>0</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+      <c r="K34">
+        <v>0</v>
+      </c>
+      <c r="L34">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C35" t="s">
+        <v>64</v>
+      </c>
+      <c r="D35">
+        <v>50</v>
+      </c>
+      <c r="E35">
+        <v>3</v>
+      </c>
+      <c r="F35">
+        <v>1</v>
+      </c>
+      <c r="G35">
+        <v>0</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35">
+        <v>4</v>
+      </c>
+      <c r="J35">
+        <v>2</v>
+      </c>
+      <c r="K35">
+        <v>5</v>
+      </c>
+      <c r="L35">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A36" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B36" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36">
+        <v>50</v>
+      </c>
+      <c r="E36">
+        <v>0</v>
+      </c>
+      <c r="F36">
+        <v>0</v>
+      </c>
+      <c r="G36">
+        <v>0</v>
+      </c>
+      <c r="H36">
+        <v>0</v>
+      </c>
+      <c r="I36">
+        <v>0</v>
+      </c>
+      <c r="J36">
+        <v>1</v>
+      </c>
+      <c r="K36">
+        <v>4</v>
+      </c>
+      <c r="L36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C37" t="s">
+        <v>68</v>
+      </c>
+      <c r="D37">
+        <v>100</v>
+      </c>
+      <c r="E37">
+        <v>0</v>
+      </c>
+      <c r="F37">
+        <v>0</v>
+      </c>
+      <c r="G37">
+        <v>0</v>
+      </c>
+      <c r="H37">
+        <v>0</v>
+      </c>
+      <c r="I37">
+        <v>8</v>
+      </c>
+      <c r="J37">
+        <v>15</v>
+      </c>
+      <c r="K37">
+        <v>4</v>
+      </c>
+      <c r="L37">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A38" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B38" t="s">
+        <v>70</v>
+      </c>
+      <c r="C38" t="s">
+        <v>71</v>
+      </c>
+      <c r="D38">
+        <v>100</v>
+      </c>
+      <c r="E38">
+        <v>1</v>
+      </c>
+      <c r="F38">
+        <v>2</v>
+      </c>
+      <c r="G38">
+        <v>0</v>
+      </c>
+      <c r="H38">
+        <v>0</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
+      </c>
+      <c r="J38">
+        <v>18</v>
+      </c>
+      <c r="K38">
+        <v>0</v>
+      </c>
+      <c r="L38">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A39" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B39" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" t="s">
+        <v>73</v>
+      </c>
+      <c r="D39">
+        <v>100</v>
+      </c>
+      <c r="E39">
+        <v>2</v>
+      </c>
+      <c r="F39">
+        <v>0</v>
+      </c>
+      <c r="G39">
+        <v>4</v>
+      </c>
+      <c r="H39">
+        <v>0</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="J39">
+        <v>5</v>
+      </c>
+      <c r="K39">
+        <v>17</v>
+      </c>
+      <c r="L39">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A40" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B40" t="s">
+        <v>19</v>
+      </c>
+      <c r="C40" t="s">
+        <v>75</v>
+      </c>
+      <c r="D40">
+        <v>100</v>
+      </c>
+      <c r="E40">
+        <v>1</v>
+      </c>
+      <c r="F40">
+        <v>1</v>
+      </c>
+      <c r="G40">
+        <v>0</v>
+      </c>
+      <c r="H40">
+        <v>0</v>
+      </c>
+      <c r="I40">
+        <v>2</v>
+      </c>
+      <c r="J40">
+        <v>4</v>
+      </c>
+      <c r="K40">
+        <v>0</v>
+      </c>
+      <c r="L40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B41" t="s">
+        <v>19</v>
+      </c>
+      <c r="C41" t="s">
+        <v>77</v>
+      </c>
+      <c r="D41">
+        <v>100</v>
+      </c>
+      <c r="E41">
+        <v>0</v>
+      </c>
+      <c r="F41">
+        <v>0</v>
+      </c>
+      <c r="G41">
+        <v>0</v>
+      </c>
+      <c r="H41">
+        <v>0</v>
+      </c>
+      <c r="I41">
+        <v>1</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+      <c r="K41">
+        <v>2</v>
+      </c>
+      <c r="L41">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" t="s">
+        <v>19</v>
+      </c>
+      <c r="C42" t="s">
+        <v>79</v>
+      </c>
+      <c r="D42">
+        <v>100</v>
+      </c>
+      <c r="E42">
+        <v>2</v>
+      </c>
+      <c r="F42">
+        <v>1</v>
+      </c>
+      <c r="G42">
+        <v>0</v>
+      </c>
+      <c r="H42">
+        <v>0</v>
+      </c>
+      <c r="I42">
+        <v>3</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+      <c r="K42">
+        <v>0</v>
+      </c>
+      <c r="L42">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B43" t="s">
+        <v>19</v>
+      </c>
+      <c r="C43" t="s">
+        <v>81</v>
+      </c>
+      <c r="D43">
+        <v>100</v>
+      </c>
+      <c r="E43">
+        <v>2</v>
+      </c>
+      <c r="F43">
+        <v>1</v>
+      </c>
+      <c r="G43">
+        <v>0</v>
+      </c>
+      <c r="H43">
+        <v>0</v>
+      </c>
+      <c r="I43">
+        <v>2</v>
+      </c>
+      <c r="J43">
+        <v>9</v>
+      </c>
+      <c r="K43">
+        <v>2</v>
+      </c>
+      <c r="L43">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B44" t="s">
+        <v>19</v>
+      </c>
+      <c r="C44" t="s">
+        <v>83</v>
+      </c>
+      <c r="D44">
+        <v>100</v>
+      </c>
+      <c r="E44">
+        <v>2</v>
+      </c>
+      <c r="F44">
+        <v>1</v>
+      </c>
+      <c r="G44">
+        <v>3</v>
+      </c>
+      <c r="H44">
+        <v>0</v>
+      </c>
+      <c r="I44">
+        <v>3</v>
+      </c>
+      <c r="J44">
+        <v>1</v>
+      </c>
+      <c r="K44">
+        <v>0</v>
+      </c>
+      <c r="L44">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A45" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B45" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" t="s">
+        <v>85</v>
+      </c>
+      <c r="D45">
+        <v>100</v>
+      </c>
+      <c r="E45">
+        <v>1</v>
+      </c>
+      <c r="F45">
+        <v>0</v>
+      </c>
+      <c r="G45">
+        <v>1</v>
+      </c>
+      <c r="H45">
+        <v>0</v>
+      </c>
+      <c r="I45">
+        <v>2</v>
+      </c>
+      <c r="J45">
+        <v>4</v>
+      </c>
+      <c r="K45">
+        <v>3</v>
+      </c>
+      <c r="L45">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A46" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B46" t="s">
+        <v>19</v>
+      </c>
+      <c r="C46" t="s">
+        <v>87</v>
+      </c>
+      <c r="D46">
+        <v>100</v>
+      </c>
+      <c r="E46">
+        <v>0</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
+      </c>
+      <c r="G46">
+        <v>0</v>
+      </c>
+      <c r="H46">
+        <v>0</v>
+      </c>
+      <c r="I46">
+        <v>1</v>
+      </c>
+      <c r="J46">
+        <v>2</v>
+      </c>
+      <c r="K46">
+        <v>4</v>
+      </c>
+      <c r="L46">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B47" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" t="s">
+        <v>89</v>
+      </c>
+      <c r="D47">
+        <v>100</v>
+      </c>
+      <c r="E47">
+        <v>0</v>
+      </c>
+      <c r="F47">
+        <v>1</v>
+      </c>
+      <c r="G47">
+        <v>2</v>
+      </c>
+      <c r="H47">
+        <v>0</v>
+      </c>
+      <c r="I47">
+        <v>22</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+      <c r="K47">
+        <v>0</v>
+      </c>
+      <c r="L47">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B48" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" t="s">
+        <v>91</v>
+      </c>
+      <c r="D48">
+        <v>100</v>
+      </c>
+      <c r="E48">
+        <v>0</v>
+      </c>
+      <c r="F48">
+        <v>0</v>
+      </c>
+      <c r="G48">
+        <v>0</v>
+      </c>
+      <c r="H48">
+        <v>0</v>
+      </c>
+      <c r="I48">
+        <v>1</v>
+      </c>
+      <c r="J48">
+        <v>0</v>
+      </c>
+      <c r="K48">
+        <v>2</v>
+      </c>
+      <c r="L48">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B49" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49">
+        <v>100</v>
+      </c>
+      <c r="E49">
+        <v>1</v>
+      </c>
+      <c r="F49">
+        <v>1</v>
+      </c>
+      <c r="G49">
+        <v>1</v>
+      </c>
+      <c r="H49">
+        <v>0</v>
+      </c>
+      <c r="I49">
+        <v>2</v>
+      </c>
+      <c r="J49">
+        <v>3</v>
+      </c>
+      <c r="K49">
+        <v>3</v>
+      </c>
+      <c r="L49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A50" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B50" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50" t="s">
+        <v>95</v>
+      </c>
+      <c r="D50">
+        <v>100</v>
+      </c>
+      <c r="E50">
+        <v>2</v>
+      </c>
+      <c r="F50">
+        <v>2</v>
+      </c>
+      <c r="G50">
+        <v>0</v>
+      </c>
+      <c r="H50">
+        <v>0</v>
+      </c>
+      <c r="I50">
+        <v>2</v>
+      </c>
+      <c r="J50">
+        <v>0</v>
+      </c>
+      <c r="K50">
+        <v>29</v>
+      </c>
+      <c r="L50">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A51" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B51" t="s">
+        <v>19</v>
+      </c>
+      <c r="C51" t="s">
+        <v>97</v>
+      </c>
+      <c r="D51">
+        <v>100</v>
+      </c>
+      <c r="E51">
+        <v>1</v>
+      </c>
+      <c r="F51">
+        <v>1</v>
+      </c>
+      <c r="G51">
+        <v>1</v>
+      </c>
+      <c r="H51">
+        <v>0</v>
+      </c>
+      <c r="I51">
+        <v>1</v>
+      </c>
+      <c r="J51">
+        <v>4</v>
+      </c>
+      <c r="K51">
+        <v>5</v>
+      </c>
+      <c r="L51">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A52" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" t="s">
+        <v>19</v>
+      </c>
+      <c r="C52" t="s">
+        <v>99</v>
+      </c>
+      <c r="D52">
+        <v>100</v>
+      </c>
+      <c r="E52">
+        <v>1</v>
+      </c>
+      <c r="F52">
+        <v>1</v>
+      </c>
+      <c r="G52">
+        <v>0</v>
+      </c>
+      <c r="H52">
+        <v>0</v>
+      </c>
+      <c r="I52">
+        <v>2</v>
+      </c>
+      <c r="J52">
+        <v>6</v>
+      </c>
+      <c r="K52">
+        <v>5</v>
+      </c>
+      <c r="L52">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A53" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B53" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" t="s">
+        <v>101</v>
+      </c>
+      <c r="D53">
+        <v>100</v>
+      </c>
+      <c r="E53">
+        <v>2</v>
+      </c>
+      <c r="F53">
+        <v>2</v>
+      </c>
+      <c r="G53">
+        <v>0</v>
+      </c>
+      <c r="H53">
+        <v>0</v>
+      </c>
+      <c r="I53">
+        <v>1</v>
+      </c>
+      <c r="J53">
+        <v>3</v>
+      </c>
+      <c r="K53">
+        <v>7</v>
+      </c>
+      <c r="L53">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A54" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="B54" t="s">
+        <v>19</v>
+      </c>
+      <c r="C54" t="s">
+        <v>103</v>
+      </c>
+      <c r="D54">
+        <v>100</v>
+      </c>
+      <c r="E54">
+        <v>1</v>
+      </c>
+      <c r="F54">
+        <v>1</v>
+      </c>
+      <c r="G54">
+        <v>0</v>
+      </c>
+      <c r="H54">
+        <v>0</v>
+      </c>
+      <c r="I54">
+        <v>2</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>3</v>
+      </c>
+      <c r="L54">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A55" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B55" t="s">
+        <v>19</v>
+      </c>
+      <c r="C55" t="s">
+        <v>105</v>
+      </c>
+      <c r="D55">
+        <v>100</v>
+      </c>
+      <c r="E55">
+        <v>2</v>
+      </c>
+      <c r="F55">
+        <v>3</v>
+      </c>
+      <c r="G55">
+        <v>0</v>
+      </c>
+      <c r="H55">
+        <v>0</v>
+      </c>
+      <c r="I55">
+        <v>1</v>
+      </c>
+      <c r="J55">
+        <v>5</v>
+      </c>
+      <c r="K55">
+        <v>11</v>
+      </c>
+      <c r="L55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A56" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B56" t="s">
+        <v>19</v>
+      </c>
+      <c r="C56" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56">
+        <v>100</v>
+      </c>
+      <c r="E56">
+        <v>0</v>
+      </c>
+      <c r="F56">
+        <v>0</v>
+      </c>
+      <c r="G56">
+        <v>1</v>
+      </c>
+      <c r="H56">
+        <v>0</v>
+      </c>
+      <c r="I56">
+        <v>1</v>
+      </c>
+      <c r="J56">
+        <v>12</v>
+      </c>
+      <c r="K56">
+        <v>6</v>
+      </c>
+      <c r="L56">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A57" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B57" t="s">
+        <v>19</v>
+      </c>
+      <c r="C57" t="s">
+        <v>109</v>
+      </c>
+      <c r="D57">
+        <v>100</v>
+      </c>
+      <c r="E57">
+        <v>3</v>
+      </c>
+      <c r="F57">
+        <v>2</v>
+      </c>
+      <c r="G57">
+        <v>5</v>
+      </c>
+      <c r="H57">
+        <v>0</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+      <c r="K57">
+        <v>0</v>
+      </c>
+      <c r="L57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A58" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B58" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" t="s">
+        <v>111</v>
+      </c>
+      <c r="D58">
+        <v>100</v>
+      </c>
+      <c r="E58">
+        <v>0</v>
+      </c>
+      <c r="F58">
+        <v>0</v>
+      </c>
+      <c r="G58">
+        <v>0</v>
+      </c>
+      <c r="H58">
+        <v>0</v>
+      </c>
+      <c r="I58">
+        <v>0</v>
+      </c>
+      <c r="J58">
+        <v>18</v>
+      </c>
+      <c r="K58">
+        <v>6</v>
+      </c>
+      <c r="L58">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A59" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="B59" t="s">
+        <v>19</v>
+      </c>
+      <c r="C59" t="s">
+        <v>113</v>
+      </c>
+      <c r="D59">
+        <v>100</v>
+      </c>
+      <c r="E59">
+        <v>1</v>
+      </c>
+      <c r="F59">
+        <v>2</v>
+      </c>
+      <c r="G59">
+        <v>0</v>
+      </c>
+      <c r="H59">
+        <v>0</v>
+      </c>
+      <c r="I59">
+        <v>2</v>
+      </c>
+      <c r="J59">
+        <v>4</v>
+      </c>
+      <c r="K59">
+        <v>13</v>
+      </c>
+      <c r="L59">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A60" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B60" t="s">
+        <v>19</v>
+      </c>
+      <c r="C60" t="s">
+        <v>115</v>
+      </c>
+      <c r="D60">
+        <v>100</v>
+      </c>
+      <c r="E60">
+        <v>0</v>
+      </c>
+      <c r="F60">
+        <v>1</v>
+      </c>
+      <c r="G60">
+        <v>0</v>
+      </c>
+      <c r="H60">
+        <v>0</v>
+      </c>
+      <c r="I60">
+        <v>0</v>
+      </c>
+      <c r="J60">
+        <v>0</v>
+      </c>
+      <c r="K60">
+        <v>0</v>
+      </c>
+      <c r="L60">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A61" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B61" t="s">
+        <v>19</v>
+      </c>
+      <c r="C61" t="s">
+        <v>117</v>
+      </c>
+      <c r="D61">
+        <v>100</v>
+      </c>
+      <c r="E61">
+        <v>2</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
+      </c>
+      <c r="G61">
+        <v>1</v>
+      </c>
+      <c r="H61">
+        <v>0</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="J61">
+        <v>7</v>
+      </c>
+      <c r="K61">
+        <v>4</v>
+      </c>
+      <c r="L61">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A62" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B62" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" t="s">
+        <v>119</v>
+      </c>
+      <c r="D62">
+        <v>100</v>
+      </c>
+      <c r="E62">
+        <v>0</v>
+      </c>
+      <c r="F62">
+        <v>1</v>
+      </c>
+      <c r="G62">
+        <v>0</v>
+      </c>
+      <c r="H62">
+        <v>0</v>
+      </c>
+      <c r="I62">
+        <v>0</v>
+      </c>
+      <c r="J62">
+        <v>5</v>
+      </c>
+      <c r="K62">
+        <v>2</v>
+      </c>
+      <c r="L62">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A63" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B63" t="s">
+        <v>19</v>
+      </c>
+      <c r="C63" t="s">
+        <v>121</v>
+      </c>
+      <c r="D63">
+        <v>100</v>
+      </c>
+      <c r="E63">
+        <v>3</v>
+      </c>
+      <c r="F63">
+        <v>3</v>
+      </c>
+      <c r="G63">
+        <v>4</v>
+      </c>
+      <c r="H63">
+        <v>0</v>
+      </c>
+      <c r="I63">
+        <v>12</v>
+      </c>
+      <c r="J63">
+        <v>0</v>
+      </c>
+      <c r="K63">
+        <v>0</v>
+      </c>
+      <c r="L63">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A64" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B64" t="s">
+        <v>19</v>
+      </c>
+      <c r="C64" t="s">
+        <v>123</v>
+      </c>
+      <c r="D64">
+        <v>100</v>
+      </c>
+      <c r="E64">
+        <v>2</v>
+      </c>
+      <c r="F64">
+        <v>1</v>
+      </c>
+      <c r="G64">
+        <v>1</v>
+      </c>
+      <c r="H64">
+        <v>0</v>
+      </c>
+      <c r="I64">
+        <v>2</v>
+      </c>
+      <c r="J64">
+        <v>6</v>
+      </c>
+      <c r="K64">
+        <v>4</v>
+      </c>
+      <c r="L64">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A65" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B65" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" t="s">
+        <v>125</v>
+      </c>
+      <c r="D65">
+        <v>100</v>
+      </c>
+      <c r="E65">
+        <v>1</v>
+      </c>
+      <c r="F65">
+        <v>0</v>
+      </c>
+      <c r="G65">
+        <v>2</v>
+      </c>
+      <c r="H65">
+        <v>0</v>
+      </c>
+      <c r="I65">
+        <v>2</v>
+      </c>
+      <c r="J65">
+        <v>6</v>
+      </c>
+      <c r="K65">
+        <v>0</v>
+      </c>
+      <c r="L65">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A66" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B66" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" t="s">
+        <v>127</v>
+      </c>
+      <c r="D66">
+        <v>100</v>
+      </c>
+      <c r="E66">
+        <v>2</v>
+      </c>
+      <c r="F66">
+        <v>1</v>
+      </c>
+      <c r="G66">
+        <v>6</v>
+      </c>
+      <c r="H66">
+        <v>0</v>
+      </c>
+      <c r="I66">
+        <v>6</v>
+      </c>
+      <c r="J66">
+        <v>0</v>
+      </c>
+      <c r="K66">
+        <v>2</v>
+      </c>
+      <c r="L66">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A67" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B67" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" t="s">
+        <v>129</v>
+      </c>
+      <c r="D67">
+        <v>100</v>
+      </c>
+      <c r="E67">
+        <v>0</v>
+      </c>
+      <c r="F67">
+        <v>0</v>
+      </c>
+      <c r="G67">
+        <v>0</v>
+      </c>
+      <c r="H67">
+        <v>0</v>
+      </c>
+      <c r="I67">
+        <v>1</v>
+      </c>
+      <c r="J67">
+        <v>4</v>
+      </c>
+      <c r="K67">
+        <v>1</v>
+      </c>
+      <c r="L67">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A68" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B68" t="s">
+        <v>19</v>
+      </c>
+      <c r="C68" t="s">
+        <v>131</v>
+      </c>
+      <c r="D68">
+        <v>100</v>
+      </c>
+      <c r="E68">
+        <v>1</v>
+      </c>
+      <c r="F68">
+        <v>2</v>
+      </c>
+      <c r="G68">
+        <v>1</v>
+      </c>
+      <c r="H68">
+        <v>0</v>
+      </c>
+      <c r="I68">
+        <v>3</v>
+      </c>
+      <c r="J68">
+        <v>2</v>
+      </c>
+      <c r="K68">
+        <v>8</v>
+      </c>
+      <c r="L68">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A69" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B69" t="s">
+        <v>19</v>
+      </c>
+      <c r="C69" t="s">
+        <v>133</v>
+      </c>
+      <c r="D69">
+        <v>100</v>
+      </c>
+      <c r="E69">
+        <v>0</v>
+      </c>
+      <c r="F69">
+        <v>1</v>
+      </c>
+      <c r="G69">
+        <v>0</v>
+      </c>
+      <c r="H69">
+        <v>0</v>
+      </c>
+      <c r="I69">
+        <v>2</v>
+      </c>
+      <c r="J69">
+        <v>3</v>
+      </c>
+      <c r="K69">
+        <v>2</v>
+      </c>
+      <c r="L69">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A70" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="B70" t="s">
+        <v>19</v>
+      </c>
+      <c r="C70" t="s">
+        <v>135</v>
+      </c>
+      <c r="D70">
+        <v>100</v>
+      </c>
+      <c r="E70">
+        <v>1</v>
+      </c>
+      <c r="F70">
+        <v>2</v>
+      </c>
+      <c r="G70">
+        <v>0</v>
+      </c>
+      <c r="H70">
+        <v>0</v>
+      </c>
+      <c r="I70">
+        <v>2</v>
+      </c>
+      <c r="J70">
+        <v>11</v>
+      </c>
+      <c r="K70">
+        <v>15</v>
+      </c>
+      <c r="L70">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A71" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="B71" t="s">
+        <v>19</v>
+      </c>
+      <c r="C71" t="s">
+        <v>137</v>
+      </c>
+      <c r="D71">
+        <v>100</v>
+      </c>
+      <c r="E71">
+        <v>1</v>
+      </c>
+      <c r="F71">
+        <v>2</v>
+      </c>
+      <c r="G71">
+        <v>1</v>
+      </c>
+      <c r="H71">
+        <v>0</v>
+      </c>
+      <c r="I71">
+        <v>3</v>
+      </c>
+      <c r="J71">
+        <v>4</v>
+      </c>
+      <c r="K71">
+        <v>19</v>
+      </c>
+      <c r="L71">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A72" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B72" t="s">
+        <v>19</v>
+      </c>
+      <c r="C72" t="s">
+        <v>139</v>
+      </c>
+      <c r="D72">
+        <v>100</v>
+      </c>
+      <c r="E72">
+        <v>1</v>
+      </c>
+      <c r="F72">
+        <v>0</v>
+      </c>
+      <c r="G72">
+        <v>0</v>
+      </c>
+      <c r="H72">
+        <v>0</v>
+      </c>
+      <c r="I72">
+        <v>2</v>
+      </c>
+      <c r="J72">
+        <v>0</v>
+      </c>
+      <c r="K72">
+        <v>11</v>
+      </c>
+      <c r="L72">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A73" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B73" t="s">
+        <v>19</v>
+      </c>
+      <c r="C73" t="s">
+        <v>141</v>
+      </c>
+      <c r="D73">
+        <v>100</v>
+      </c>
+      <c r="E73">
+        <v>1</v>
+      </c>
+      <c r="F73">
+        <v>1</v>
+      </c>
+      <c r="G73">
+        <v>0</v>
+      </c>
+      <c r="H73">
+        <v>0</v>
+      </c>
+      <c r="I73">
+        <v>1</v>
+      </c>
+      <c r="J73">
+        <v>5</v>
+      </c>
+      <c r="K73">
+        <v>2</v>
+      </c>
+      <c r="L73">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A74" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="B74" t="s">
+        <v>19</v>
+      </c>
+      <c r="C74" t="s">
+        <v>143</v>
+      </c>
+      <c r="D74">
+        <v>100</v>
+      </c>
+      <c r="E74">
+        <v>1</v>
+      </c>
+      <c r="F74">
+        <v>0</v>
+      </c>
+      <c r="G74">
+        <v>0</v>
+      </c>
+      <c r="H74">
+        <v>0</v>
+      </c>
+      <c r="I74">
+        <v>1</v>
+      </c>
+      <c r="J74">
+        <v>3</v>
+      </c>
+      <c r="K74">
+        <v>9</v>
+      </c>
+      <c r="L74">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A75" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="B75" t="s">
+        <v>19</v>
+      </c>
+      <c r="C75" t="s">
+        <v>145</v>
+      </c>
+      <c r="D75">
+        <v>100</v>
+      </c>
+      <c r="E75">
+        <v>2</v>
+      </c>
+      <c r="F75">
+        <v>0</v>
+      </c>
+      <c r="G75">
+        <v>0</v>
+      </c>
+      <c r="H75">
+        <v>0</v>
+      </c>
+      <c r="I75">
+        <v>2</v>
+      </c>
+      <c r="J75">
+        <v>3</v>
+      </c>
+      <c r="K75">
+        <v>0</v>
+      </c>
+      <c r="L75">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A76" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B76" t="s">
+        <v>19</v>
+      </c>
+      <c r="C76" t="s">
+        <v>147</v>
+      </c>
+      <c r="D76">
+        <v>100</v>
+      </c>
+      <c r="E76">
+        <v>1</v>
+      </c>
+      <c r="F76">
+        <v>0</v>
+      </c>
+      <c r="G76">
+        <v>0</v>
+      </c>
+      <c r="H76">
+        <v>0</v>
+      </c>
+      <c r="I76">
+        <v>1</v>
+      </c>
+      <c r="J76">
+        <v>2</v>
+      </c>
+      <c r="K76">
+        <v>2</v>
+      </c>
+      <c r="L76">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A77" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B77" t="s">
+        <v>19</v>
+      </c>
+      <c r="C77" t="s">
+        <v>149</v>
+      </c>
+      <c r="D77">
+        <v>100</v>
+      </c>
+      <c r="E77">
+        <v>1</v>
+      </c>
+      <c r="F77">
+        <v>0</v>
+      </c>
+      <c r="G77">
+        <v>1</v>
+      </c>
+      <c r="H77">
+        <v>0</v>
+      </c>
+      <c r="I77">
+        <v>1</v>
+      </c>
+      <c r="J77">
+        <v>5</v>
+      </c>
+      <c r="K77">
+        <v>3</v>
+      </c>
+      <c r="L77">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A78" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B78" t="s">
+        <v>19</v>
+      </c>
+      <c r="C78" t="s">
+        <v>151</v>
+      </c>
+      <c r="D78">
+        <v>100</v>
+      </c>
+      <c r="E78">
+        <v>0</v>
+      </c>
+      <c r="F78">
+        <v>0</v>
+      </c>
+      <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78">
+        <v>0</v>
+      </c>
+      <c r="I78">
+        <v>2</v>
+      </c>
+      <c r="J78">
+        <v>6</v>
+      </c>
+      <c r="K78">
+        <v>4</v>
+      </c>
+      <c r="L78">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A79" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="B79" t="s">
+        <v>19</v>
+      </c>
+      <c r="C79" t="s">
+        <v>153</v>
+      </c>
+      <c r="D79">
+        <v>100</v>
+      </c>
+      <c r="E79">
+        <v>0</v>
+      </c>
+      <c r="F79">
+        <v>0</v>
+      </c>
+      <c r="G79">
+        <v>0</v>
+      </c>
+      <c r="H79">
+        <v>0</v>
+      </c>
+      <c r="I79">
+        <v>5</v>
+      </c>
+      <c r="J79">
+        <v>1</v>
+      </c>
+      <c r="K79">
+        <v>1</v>
+      </c>
+      <c r="L79">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A80" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="B80" t="s">
+        <v>19</v>
+      </c>
+      <c r="C80" t="s">
+        <v>155</v>
+      </c>
+      <c r="D80">
+        <v>100</v>
+      </c>
+      <c r="E80">
+        <v>1</v>
+      </c>
+      <c r="F80">
+        <v>1</v>
+      </c>
+      <c r="G80">
+        <v>1</v>
+      </c>
+      <c r="H80">
+        <v>0</v>
+      </c>
+      <c r="I80">
+        <v>1</v>
+      </c>
+      <c r="J80">
+        <v>28</v>
+      </c>
+      <c r="K80">
+        <v>16</v>
+      </c>
+      <c r="L80">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A81" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="B81" t="s">
+        <v>19</v>
+      </c>
+      <c r="C81" t="s">
+        <v>157</v>
+      </c>
+      <c r="D81">
+        <v>100</v>
+      </c>
+      <c r="E81">
+        <v>0</v>
+      </c>
+      <c r="F81">
+        <v>0</v>
+      </c>
+      <c r="G81">
+        <v>0</v>
+      </c>
+      <c r="H81">
+        <v>0</v>
+      </c>
+      <c r="I81">
+        <v>8</v>
+      </c>
+      <c r="J81">
+        <v>0</v>
+      </c>
+      <c r="K81">
+        <v>16</v>
+      </c>
+      <c r="L81">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A82" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="B82" t="s">
+        <v>19</v>
+      </c>
+      <c r="C82" t="s">
+        <v>159</v>
+      </c>
+      <c r="D82">
+        <v>100</v>
+      </c>
+      <c r="E82">
+        <v>1</v>
+      </c>
+      <c r="F82">
+        <v>1</v>
+      </c>
+      <c r="G82">
+        <v>1</v>
+      </c>
+      <c r="H82">
+        <v>0</v>
+      </c>
+      <c r="I82">
+        <v>2</v>
+      </c>
+      <c r="J82">
+        <v>9</v>
+      </c>
+      <c r="K82">
+        <v>5</v>
+      </c>
+      <c r="L82">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A83" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B83" t="s">
+        <v>19</v>
+      </c>
+      <c r="C83" t="s">
+        <v>161</v>
+      </c>
+      <c r="D83">
+        <v>100</v>
+      </c>
+      <c r="E83">
+        <v>0</v>
+      </c>
+      <c r="F83">
+        <v>0</v>
+      </c>
+      <c r="G83">
+        <v>0</v>
+      </c>
+      <c r="H83">
+        <v>0</v>
+      </c>
+      <c r="I83">
+        <v>3</v>
+      </c>
+      <c r="J83">
+        <v>28</v>
+      </c>
+      <c r="K83">
+        <v>8</v>
+      </c>
+      <c r="L83">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A84" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="B84" t="s">
+        <v>19</v>
+      </c>
+      <c r="C84" t="s">
+        <v>163</v>
+      </c>
+      <c r="D84">
+        <v>100</v>
+      </c>
+      <c r="E84">
+        <v>1</v>
+      </c>
+      <c r="F84">
+        <v>1</v>
+      </c>
+      <c r="G84">
+        <v>0</v>
+      </c>
+      <c r="H84">
+        <v>0</v>
+      </c>
+      <c r="I84">
+        <v>0</v>
+      </c>
+      <c r="J84">
+        <v>5</v>
+      </c>
+      <c r="K84">
+        <v>2</v>
+      </c>
+      <c r="L84">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A85" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="B85" t="s">
+        <v>19</v>
+      </c>
+      <c r="C85" t="s">
+        <v>165</v>
+      </c>
+      <c r="D85">
+        <v>100</v>
+      </c>
+      <c r="E85">
+        <v>0</v>
+      </c>
+      <c r="F85">
+        <v>0</v>
+      </c>
+      <c r="G85">
+        <v>0</v>
+      </c>
+      <c r="H85">
+        <v>0</v>
+      </c>
+      <c r="I85">
+        <v>1</v>
+      </c>
+      <c r="J85">
+        <v>0</v>
+      </c>
+      <c r="K85">
+        <v>6</v>
+      </c>
+      <c r="L85">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A86" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B86" t="s">
+        <v>19</v>
+      </c>
+      <c r="C86" t="s">
+        <v>167</v>
+      </c>
+      <c r="D86">
+        <v>100</v>
+      </c>
+      <c r="E86">
+        <v>0</v>
+      </c>
+      <c r="F86">
+        <v>1</v>
+      </c>
+      <c r="G86">
+        <v>0</v>
+      </c>
+      <c r="H86">
+        <v>0</v>
+      </c>
+      <c r="I86">
+        <v>3</v>
+      </c>
+      <c r="J86">
+        <v>6</v>
+      </c>
+      <c r="K86">
+        <v>5</v>
+      </c>
+      <c r="L86">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A87" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="B87" t="s">
+        <v>19</v>
+      </c>
+      <c r="C87" t="s">
+        <v>169</v>
+      </c>
+      <c r="D87">
+        <v>50</v>
+      </c>
+      <c r="E87">
+        <v>0</v>
+      </c>
+      <c r="F87">
+        <v>0</v>
+      </c>
+      <c r="G87">
+        <v>0</v>
+      </c>
+      <c r="H87">
+        <v>0</v>
+      </c>
+      <c r="I87">
+        <v>5</v>
+      </c>
+      <c r="J87">
+        <v>4</v>
+      </c>
+      <c r="K87">
+        <v>3</v>
+      </c>
+      <c r="L87">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A88" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="B88" t="s">
+        <v>19</v>
+      </c>
+      <c r="C88" t="s">
+        <v>171</v>
+      </c>
+      <c r="D88">
+        <v>50</v>
+      </c>
+      <c r="E88">
+        <v>0</v>
+      </c>
+      <c r="F88">
+        <v>0</v>
+      </c>
+      <c r="G88">
+        <v>2</v>
+      </c>
+      <c r="H88">
+        <v>0</v>
+      </c>
+      <c r="I88">
+        <v>0</v>
+      </c>
+      <c r="J88">
+        <v>6</v>
+      </c>
+      <c r="K88">
+        <v>2</v>
+      </c>
+      <c r="L88">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A89" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B89" t="s">
+        <v>19</v>
+      </c>
+      <c r="C89" t="s">
+        <v>173</v>
+      </c>
+      <c r="D89">
+        <v>50</v>
+      </c>
+      <c r="E89">
+        <v>0</v>
+      </c>
+      <c r="F89">
+        <v>0</v>
+      </c>
+      <c r="G89">
+        <v>2</v>
+      </c>
+      <c r="H89">
+        <v>0</v>
+      </c>
+      <c r="I89">
         <v>10</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" s="7" t="s">
+      <c r="J89">
+        <v>3</v>
+      </c>
+      <c r="K89">
+        <v>3</v>
+      </c>
+      <c r="L89">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A90" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="B90" t="s">
+        <v>19</v>
+      </c>
+      <c r="C90" t="s">
+        <v>175</v>
+      </c>
+      <c r="D90">
+        <v>50</v>
+      </c>
+      <c r="E90">
+        <v>0</v>
+      </c>
+      <c r="F90">
+        <v>0</v>
+      </c>
+      <c r="G90">
+        <v>0</v>
+      </c>
+      <c r="H90">
+        <v>0</v>
+      </c>
+      <c r="I90">
+        <v>4</v>
+      </c>
+      <c r="J90">
+        <v>0</v>
+      </c>
+      <c r="K90">
+        <v>3</v>
+      </c>
+      <c r="L90">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A91" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B91" t="s">
+        <v>19</v>
+      </c>
+      <c r="C91" t="s">
+        <v>177</v>
+      </c>
+      <c r="D91">
+        <v>50</v>
+      </c>
+      <c r="E91">
+        <v>0</v>
+      </c>
+      <c r="F91">
+        <v>0</v>
+      </c>
+      <c r="G91">
+        <v>0</v>
+      </c>
+      <c r="H91">
+        <v>0</v>
+      </c>
+      <c r="I91">
         <v>11</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="J91">
+        <v>0</v>
+      </c>
+      <c r="K91">
+        <v>0</v>
+      </c>
+      <c r="L91">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A92" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="B92" t="s">
+        <v>19</v>
+      </c>
+      <c r="C92" t="s">
+        <v>179</v>
+      </c>
+      <c r="D92">
+        <v>50</v>
+      </c>
+      <c r="E92">
+        <v>0</v>
+      </c>
+      <c r="F92">
+        <v>0</v>
+      </c>
+      <c r="G92">
+        <v>2</v>
+      </c>
+      <c r="H92">
+        <v>0</v>
+      </c>
+      <c r="I92">
         <v>12</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="J92">
+        <v>0</v>
+      </c>
+      <c r="K92">
+        <v>5</v>
+      </c>
+      <c r="L92">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A93" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B93" t="s">
+        <v>19</v>
+      </c>
+      <c r="C93" t="s">
+        <v>181</v>
+      </c>
+      <c r="D93">
+        <v>50</v>
+      </c>
+      <c r="E93">
+        <v>2</v>
+      </c>
+      <c r="F93">
+        <v>1</v>
+      </c>
+      <c r="G93">
+        <v>2</v>
+      </c>
+      <c r="H93">
+        <v>0</v>
+      </c>
+      <c r="I93">
+        <v>4</v>
+      </c>
+      <c r="J93">
+        <v>6</v>
+      </c>
+      <c r="K93">
+        <v>15</v>
+      </c>
+      <c r="L93">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A94" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="B94" t="s">
+        <v>19</v>
+      </c>
+      <c r="C94" t="s">
+        <v>183</v>
+      </c>
+      <c r="D94">
+        <v>50</v>
+      </c>
+      <c r="E94">
+        <v>0</v>
+      </c>
+      <c r="F94">
+        <v>0</v>
+      </c>
+      <c r="G94">
+        <v>0</v>
+      </c>
+      <c r="H94">
+        <v>0</v>
+      </c>
+      <c r="I94">
+        <v>0</v>
+      </c>
+      <c r="J94">
+        <v>0</v>
+      </c>
+      <c r="K94">
+        <v>5</v>
+      </c>
+      <c r="L94">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A95" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B95" t="s">
+        <v>19</v>
+      </c>
+      <c r="C95" t="s">
+        <v>185</v>
+      </c>
+      <c r="D95">
+        <v>50</v>
+      </c>
+      <c r="E95">
+        <v>0</v>
+      </c>
+      <c r="F95">
+        <v>0</v>
+      </c>
+      <c r="G95">
+        <v>2</v>
+      </c>
+      <c r="H95">
+        <v>0</v>
+      </c>
+      <c r="I95">
+        <v>0</v>
+      </c>
+      <c r="J95">
+        <v>0</v>
+      </c>
+      <c r="K95">
+        <v>2</v>
+      </c>
+      <c r="L95">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A96" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B96" t="s">
+        <v>19</v>
+      </c>
+      <c r="C96" t="s">
+        <v>187</v>
+      </c>
+      <c r="D96">
+        <v>50</v>
+      </c>
+      <c r="E96">
+        <v>0</v>
+      </c>
+      <c r="F96">
+        <v>3</v>
+      </c>
+      <c r="G96">
+        <v>2</v>
+      </c>
+      <c r="H96">
+        <v>0</v>
+      </c>
+      <c r="I96">
+        <v>34</v>
+      </c>
+      <c r="J96">
+        <v>0</v>
+      </c>
+      <c r="K96">
+        <v>16</v>
+      </c>
+      <c r="L96">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A97" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="B97" t="s">
+        <v>19</v>
+      </c>
+      <c r="C97" t="s">
+        <v>189</v>
+      </c>
+      <c r="D97">
+        <v>50</v>
+      </c>
+      <c r="E97">
+        <v>0</v>
+      </c>
+      <c r="F97">
+        <v>0</v>
+      </c>
+      <c r="G97">
+        <v>0</v>
+      </c>
+      <c r="H97">
+        <v>0</v>
+      </c>
+      <c r="I97">
+        <v>5</v>
+      </c>
+      <c r="J97">
+        <v>10</v>
+      </c>
+      <c r="K97">
+        <v>4</v>
+      </c>
+      <c r="L97">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A98" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="B98" t="s">
+        <v>19</v>
+      </c>
+      <c r="C98" t="s">
+        <v>191</v>
+      </c>
+      <c r="D98">
+        <v>50</v>
+      </c>
+      <c r="E98">
+        <v>0</v>
+      </c>
+      <c r="F98">
+        <v>0</v>
+      </c>
+      <c r="G98">
+        <v>1</v>
+      </c>
+      <c r="H98">
+        <v>0</v>
+      </c>
+      <c r="I98">
+        <v>1</v>
+      </c>
+      <c r="J98">
+        <v>2</v>
+      </c>
+      <c r="K98">
+        <v>12</v>
+      </c>
+      <c r="L98">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A99" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="B99" t="s">
+        <v>19</v>
+      </c>
+      <c r="C99" t="s">
+        <v>193</v>
+      </c>
+      <c r="D99">
+        <v>50</v>
+      </c>
+      <c r="E99">
+        <v>0</v>
+      </c>
+      <c r="F99">
+        <v>5</v>
+      </c>
+      <c r="G99">
+        <v>0</v>
+      </c>
+      <c r="H99">
+        <v>0</v>
+      </c>
+      <c r="I99">
+        <v>10</v>
+      </c>
+      <c r="J99">
+        <v>0</v>
+      </c>
+      <c r="K99">
+        <v>8</v>
+      </c>
+      <c r="L99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A100" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B100" t="s">
+        <v>19</v>
+      </c>
+      <c r="C100" t="s">
+        <v>195</v>
+      </c>
+      <c r="D100">
+        <v>50</v>
+      </c>
+      <c r="E100">
+        <v>0</v>
+      </c>
+      <c r="F100">
+        <v>2</v>
+      </c>
+      <c r="G100">
+        <v>0</v>
+      </c>
+      <c r="H100">
+        <v>0</v>
+      </c>
+      <c r="I100">
+        <v>1</v>
+      </c>
+      <c r="J100">
+        <v>10</v>
+      </c>
+      <c r="K100">
+        <v>0</v>
+      </c>
+      <c r="L100">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A101" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="B101" t="s">
+        <v>19</v>
+      </c>
+      <c r="C101" t="s">
+        <v>197</v>
+      </c>
+      <c r="D101">
+        <v>50</v>
+      </c>
+      <c r="E101">
+        <v>0</v>
+      </c>
+      <c r="F101">
+        <v>3</v>
+      </c>
+      <c r="G101">
+        <v>2</v>
+      </c>
+      <c r="H101">
+        <v>0</v>
+      </c>
+      <c r="I101">
+        <v>18</v>
+      </c>
+      <c r="J101">
+        <v>17</v>
+      </c>
+      <c r="K101">
+        <v>0</v>
+      </c>
+      <c r="L101">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A102" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="B102" t="s">
+        <v>19</v>
+      </c>
+      <c r="C102" t="s">
+        <v>199</v>
+      </c>
+      <c r="D102">
+        <v>50</v>
+      </c>
+      <c r="E102">
+        <v>0</v>
+      </c>
+      <c r="F102">
+        <v>1</v>
+      </c>
+      <c r="G102">
+        <v>1</v>
+      </c>
+      <c r="H102">
+        <v>0</v>
+      </c>
+      <c r="I102">
+        <v>0</v>
+      </c>
+      <c r="J102">
+        <v>7</v>
+      </c>
+      <c r="K102">
+        <v>7</v>
+      </c>
+      <c r="L102">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A103" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="B103" t="s">
+        <v>19</v>
+      </c>
+      <c r="C103" t="s">
+        <v>201</v>
+      </c>
+      <c r="D103">
+        <v>50</v>
+      </c>
+      <c r="E103">
+        <v>0</v>
+      </c>
+      <c r="F103">
+        <v>2</v>
+      </c>
+      <c r="G103">
+        <v>0</v>
+      </c>
+      <c r="H103">
+        <v>0</v>
+      </c>
+      <c r="I103">
         <v>13</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C6" s="7" t="s">
+      <c r="J103">
+        <v>2</v>
+      </c>
+      <c r="K103">
+        <v>6</v>
+      </c>
+      <c r="L103">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A104" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="B104" t="s">
+        <v>19</v>
+      </c>
+      <c r="C104" t="s">
+        <v>203</v>
+      </c>
+      <c r="D104">
+        <v>50</v>
+      </c>
+      <c r="E104">
+        <v>0</v>
+      </c>
+      <c r="F104">
+        <v>1</v>
+      </c>
+      <c r="G104">
+        <v>2</v>
+      </c>
+      <c r="H104">
+        <v>0</v>
+      </c>
+      <c r="I104">
+        <v>8</v>
+      </c>
+      <c r="J104">
+        <v>9</v>
+      </c>
+      <c r="K104">
+        <v>19</v>
+      </c>
+      <c r="L104">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A105" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="B105" t="s">
+        <v>19</v>
+      </c>
+      <c r="C105" t="s">
+        <v>205</v>
+      </c>
+      <c r="D105">
+        <v>50</v>
+      </c>
+      <c r="E105">
+        <v>3</v>
+      </c>
+      <c r="F105">
+        <v>4</v>
+      </c>
+      <c r="G105">
+        <v>2</v>
+      </c>
+      <c r="H105">
+        <v>25</v>
+      </c>
+      <c r="I105">
+        <v>26</v>
+      </c>
+      <c r="J105">
+        <v>25</v>
+      </c>
+      <c r="K105">
+        <v>25</v>
+      </c>
+      <c r="L105">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A106" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="B106" t="s">
+        <v>36</v>
+      </c>
+      <c r="C106" t="s">
+        <v>207</v>
+      </c>
+      <c r="D106">
+        <v>100</v>
+      </c>
+      <c r="E106">
+        <v>1</v>
+      </c>
+      <c r="F106">
+        <v>1</v>
+      </c>
+      <c r="G106">
+        <v>0</v>
+      </c>
+      <c r="H106">
+        <v>0</v>
+      </c>
+      <c r="I106">
+        <v>1</v>
+      </c>
+      <c r="J106">
+        <v>0</v>
+      </c>
+      <c r="K106">
+        <v>0</v>
+      </c>
+      <c r="L106">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A107" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="B107" t="s">
+        <v>19</v>
+      </c>
+      <c r="C107" t="s">
+        <v>209</v>
+      </c>
+      <c r="D107">
+        <v>100</v>
+      </c>
+      <c r="E107">
+        <v>3</v>
+      </c>
+      <c r="F107">
+        <v>1</v>
+      </c>
+      <c r="G107">
+        <v>1</v>
+      </c>
+      <c r="H107">
+        <v>0</v>
+      </c>
+      <c r="I107">
+        <v>38</v>
+      </c>
+      <c r="J107">
+        <v>0</v>
+      </c>
+      <c r="K107">
+        <v>0</v>
+      </c>
+      <c r="L107">
         <v>5</v>
       </c>
-      <c r="D6" s="8" t="s">
+    </row>
+    <row r="108" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A108" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="B108" t="s">
+        <v>19</v>
+      </c>
+      <c r="C108" t="s">
+        <v>211</v>
+      </c>
+      <c r="D108">
+        <v>100</v>
+      </c>
+      <c r="E108">
+        <v>3</v>
+      </c>
+      <c r="F108">
+        <v>1</v>
+      </c>
+      <c r="G108">
+        <v>3</v>
+      </c>
+      <c r="H108">
+        <v>0</v>
+      </c>
+      <c r="I108">
+        <v>2</v>
+      </c>
+      <c r="J108">
+        <v>0</v>
+      </c>
+      <c r="K108">
+        <v>0</v>
+      </c>
+      <c r="L108">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A109" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B109" t="s">
+        <v>19</v>
+      </c>
+      <c r="C109" t="s">
+        <v>213</v>
+      </c>
+      <c r="D109">
+        <v>100</v>
+      </c>
+      <c r="E109">
+        <v>2</v>
+      </c>
+      <c r="F109">
+        <v>1</v>
+      </c>
+      <c r="G109">
+        <v>1</v>
+      </c>
+      <c r="H109">
+        <v>0</v>
+      </c>
+      <c r="I109">
+        <v>1</v>
+      </c>
+      <c r="J109">
+        <v>4</v>
+      </c>
+      <c r="K109">
+        <v>0</v>
+      </c>
+      <c r="L109">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A110" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B110" t="s">
+        <v>19</v>
+      </c>
+      <c r="C110" t="s">
+        <v>215</v>
+      </c>
+      <c r="D110">
+        <v>100</v>
+      </c>
+      <c r="E110">
+        <v>1</v>
+      </c>
+      <c r="F110">
+        <v>1</v>
+      </c>
+      <c r="G110">
+        <v>2</v>
+      </c>
+      <c r="H110">
+        <v>0</v>
+      </c>
+      <c r="I110">
+        <v>10</v>
+      </c>
+      <c r="J110">
+        <v>0</v>
+      </c>
+      <c r="K110">
+        <v>0</v>
+      </c>
+      <c r="L110">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A111" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="B111" t="s">
+        <v>19</v>
+      </c>
+      <c r="C111" t="s">
+        <v>217</v>
+      </c>
+      <c r="D111">
+        <v>100</v>
+      </c>
+      <c r="E111">
+        <v>2</v>
+      </c>
+      <c r="F111">
+        <v>2</v>
+      </c>
+      <c r="G111">
+        <v>2</v>
+      </c>
+      <c r="H111">
+        <v>0</v>
+      </c>
+      <c r="I111">
+        <v>7</v>
+      </c>
+      <c r="J111">
+        <v>0</v>
+      </c>
+      <c r="K111">
+        <v>0</v>
+      </c>
+      <c r="L111">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A112" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B112" t="s">
+        <v>19</v>
+      </c>
+      <c r="C112" t="s">
+        <v>219</v>
+      </c>
+      <c r="D112">
+        <v>50</v>
+      </c>
+      <c r="E112">
+        <v>1</v>
+      </c>
+      <c r="F112">
+        <v>1</v>
+      </c>
+      <c r="G112">
+        <v>3</v>
+      </c>
+      <c r="H112">
+        <v>0</v>
+      </c>
+      <c r="I112">
+        <v>6</v>
+      </c>
+      <c r="J112">
+        <v>16</v>
+      </c>
+      <c r="K112">
+        <v>11</v>
+      </c>
+      <c r="L112">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A113" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="B113" t="s">
+        <v>19</v>
+      </c>
+      <c r="C113" t="s">
+        <v>221</v>
+      </c>
+      <c r="D113">
+        <v>100</v>
+      </c>
+      <c r="E113">
+        <v>0</v>
+      </c>
+      <c r="F113">
+        <v>0</v>
+      </c>
+      <c r="G113">
+        <v>0</v>
+      </c>
+      <c r="H113">
+        <v>0</v>
+      </c>
+      <c r="I113">
+        <v>6</v>
+      </c>
+      <c r="J113">
+        <v>7</v>
+      </c>
+      <c r="K113">
+        <v>2</v>
+      </c>
+      <c r="L113">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A114" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="B114" t="s">
+        <v>19</v>
+      </c>
+      <c r="C114" t="s">
+        <v>223</v>
+      </c>
+      <c r="D114">
+        <v>100</v>
+      </c>
+      <c r="E114">
+        <v>0</v>
+      </c>
+      <c r="F114">
+        <v>0</v>
+      </c>
+      <c r="G114">
+        <v>0</v>
+      </c>
+      <c r="H114">
+        <v>0</v>
+      </c>
+      <c r="I114">
+        <v>0</v>
+      </c>
+      <c r="J114">
+        <v>7</v>
+      </c>
+      <c r="K114">
+        <v>4</v>
+      </c>
+      <c r="L114">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A115" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="B115" t="s">
+        <v>19</v>
+      </c>
+      <c r="C115" t="s">
+        <v>225</v>
+      </c>
+      <c r="D115">
+        <v>100</v>
+      </c>
+      <c r="E115">
+        <v>0</v>
+      </c>
+      <c r="F115">
+        <v>0</v>
+      </c>
+      <c r="G115">
+        <v>0</v>
+      </c>
+      <c r="H115">
+        <v>0</v>
+      </c>
+      <c r="I115">
+        <v>0</v>
+      </c>
+      <c r="J115">
+        <v>3</v>
+      </c>
+      <c r="K115">
+        <v>1</v>
+      </c>
+      <c r="L115">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A116" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B116" t="s">
+        <v>19</v>
+      </c>
+      <c r="C116" t="s">
+        <v>227</v>
+      </c>
+      <c r="D116">
+        <v>100</v>
+      </c>
+      <c r="E116">
+        <v>0</v>
+      </c>
+      <c r="F116">
+        <v>0</v>
+      </c>
+      <c r="G116">
+        <v>0</v>
+      </c>
+      <c r="H116">
+        <v>0</v>
+      </c>
+      <c r="I116">
+        <v>13</v>
+      </c>
+      <c r="J116">
+        <v>5</v>
+      </c>
+      <c r="K116">
+        <v>2</v>
+      </c>
+      <c r="L116">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A117" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="B117" t="s">
+        <v>19</v>
+      </c>
+      <c r="C117" t="s">
+        <v>229</v>
+      </c>
+      <c r="D117">
+        <v>100</v>
+      </c>
+      <c r="E117">
+        <v>0</v>
+      </c>
+      <c r="F117">
+        <v>0</v>
+      </c>
+      <c r="G117">
+        <v>0</v>
+      </c>
+      <c r="H117">
+        <v>0</v>
+      </c>
+      <c r="I117">
+        <v>4</v>
+      </c>
+      <c r="J117">
+        <v>7</v>
+      </c>
+      <c r="K117">
+        <v>1</v>
+      </c>
+      <c r="L117">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A118" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="B118" t="s">
+        <v>43</v>
+      </c>
+      <c r="C118" t="s">
+        <v>231</v>
+      </c>
+      <c r="D118">
+        <v>100</v>
+      </c>
+      <c r="E118">
+        <v>1</v>
+      </c>
+      <c r="F118">
+        <v>1</v>
+      </c>
+      <c r="G118">
+        <v>0</v>
+      </c>
+      <c r="H118">
+        <v>0</v>
+      </c>
+      <c r="I118">
+        <v>0</v>
+      </c>
+      <c r="J118">
+        <v>5</v>
+      </c>
+      <c r="K118">
+        <v>1</v>
+      </c>
+      <c r="L118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A119" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="B119" t="s">
+        <v>19</v>
+      </c>
+      <c r="C119" t="s">
+        <v>233</v>
+      </c>
+      <c r="D119">
+        <v>100</v>
+      </c>
+      <c r="E119">
+        <v>1</v>
+      </c>
+      <c r="F119">
+        <v>2</v>
+      </c>
+      <c r="G119">
+        <v>2</v>
+      </c>
+      <c r="H119">
+        <v>0</v>
+      </c>
+      <c r="I119">
+        <v>3</v>
+      </c>
+      <c r="J119">
+        <v>16</v>
+      </c>
+      <c r="K119">
+        <v>0</v>
+      </c>
+      <c r="L119">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A120" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="B120" t="s">
+        <v>19</v>
+      </c>
+      <c r="C120" t="s">
+        <v>235</v>
+      </c>
+      <c r="D120">
+        <v>100</v>
+      </c>
+      <c r="E120">
+        <v>0</v>
+      </c>
+      <c r="F120">
+        <v>0</v>
+      </c>
+      <c r="G120">
+        <v>0</v>
+      </c>
+      <c r="H120">
+        <v>0</v>
+      </c>
+      <c r="I120">
+        <v>0</v>
+      </c>
+      <c r="J120">
+        <v>41</v>
+      </c>
+      <c r="K120">
+        <v>0</v>
+      </c>
+      <c r="L120">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A121" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="B121" t="s">
+        <v>19</v>
+      </c>
+      <c r="C121" t="s">
+        <v>237</v>
+      </c>
+      <c r="D121">
+        <v>100</v>
+      </c>
+      <c r="E121">
+        <v>2</v>
+      </c>
+      <c r="F121">
+        <v>2</v>
+      </c>
+      <c r="G121">
+        <v>2</v>
+      </c>
+      <c r="H121">
+        <v>0</v>
+      </c>
+      <c r="I121">
+        <v>3</v>
+      </c>
+      <c r="J121">
+        <v>4</v>
+      </c>
+      <c r="K121">
+        <v>18</v>
+      </c>
+      <c r="L121">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A122" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="B122" t="s">
+        <v>36</v>
+      </c>
+      <c r="C122" t="s">
+        <v>239</v>
+      </c>
+      <c r="D122">
+        <v>100</v>
+      </c>
+      <c r="E122">
+        <v>0</v>
+      </c>
+      <c r="F122">
+        <v>0</v>
+      </c>
+      <c r="G122">
+        <v>0</v>
+      </c>
+      <c r="H122">
+        <v>0</v>
+      </c>
+      <c r="I122">
+        <v>3</v>
+      </c>
+      <c r="J122">
+        <v>17</v>
+      </c>
+      <c r="K122">
+        <v>1</v>
+      </c>
+      <c r="L122">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A123" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="B123" t="s">
+        <v>36</v>
+      </c>
+      <c r="C123" t="s">
+        <v>241</v>
+      </c>
+      <c r="D123">
+        <v>100</v>
+      </c>
+      <c r="E123">
+        <v>0</v>
+      </c>
+      <c r="F123">
+        <v>0</v>
+      </c>
+      <c r="G123">
+        <v>0</v>
+      </c>
+      <c r="H123">
+        <v>0</v>
+      </c>
+      <c r="I123">
+        <v>0</v>
+      </c>
+      <c r="J123">
+        <v>2</v>
+      </c>
+      <c r="K123">
+        <v>1</v>
+      </c>
+      <c r="L123">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A124" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="B124" t="s">
+        <v>36</v>
+      </c>
+      <c r="C124" t="s">
+        <v>243</v>
+      </c>
+      <c r="D124">
+        <v>100</v>
+      </c>
+      <c r="E124">
+        <v>2</v>
+      </c>
+      <c r="F124">
+        <v>2</v>
+      </c>
+      <c r="G124">
+        <v>1</v>
+      </c>
+      <c r="H124">
+        <v>0</v>
+      </c>
+      <c r="I124">
+        <v>1</v>
+      </c>
+      <c r="J124">
+        <v>0</v>
+      </c>
+      <c r="K124">
+        <v>0</v>
+      </c>
+      <c r="L124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A125" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="B125" t="s">
+        <v>19</v>
+      </c>
+      <c r="C125" t="s">
+        <v>245</v>
+      </c>
+      <c r="D125">
+        <v>100</v>
+      </c>
+      <c r="E125">
+        <v>0</v>
+      </c>
+      <c r="F125">
+        <v>0</v>
+      </c>
+      <c r="G125">
+        <v>2</v>
+      </c>
+      <c r="H125">
+        <v>0</v>
+      </c>
+      <c r="I125">
+        <v>1</v>
+      </c>
+      <c r="J125">
+        <v>2</v>
+      </c>
+      <c r="K125">
+        <v>1</v>
+      </c>
+      <c r="L125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A126" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="B126" t="s">
+        <v>19</v>
+      </c>
+      <c r="C126" t="s">
+        <v>247</v>
+      </c>
+      <c r="D126">
+        <v>100</v>
+      </c>
+      <c r="E126">
+        <v>1</v>
+      </c>
+      <c r="F126">
+        <v>1</v>
+      </c>
+      <c r="G126">
+        <v>0</v>
+      </c>
+      <c r="H126">
+        <v>0</v>
+      </c>
+      <c r="I126">
+        <v>1</v>
+      </c>
+      <c r="J126">
+        <v>1</v>
+      </c>
+      <c r="K126">
+        <v>1</v>
+      </c>
+      <c r="L126">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A127" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="B127" t="s">
+        <v>19</v>
+      </c>
+      <c r="C127" t="s">
+        <v>249</v>
+      </c>
+      <c r="D127">
+        <v>100</v>
+      </c>
+      <c r="E127">
+        <v>1</v>
+      </c>
+      <c r="F127">
+        <v>1</v>
+      </c>
+      <c r="G127">
+        <v>0</v>
+      </c>
+      <c r="H127">
+        <v>0</v>
+      </c>
+      <c r="I127">
+        <v>2</v>
+      </c>
+      <c r="J127">
+        <v>0</v>
+      </c>
+      <c r="K127">
+        <v>0</v>
+      </c>
+      <c r="L127">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A128" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="B128" t="s">
+        <v>19</v>
+      </c>
+      <c r="C128" t="s">
+        <v>251</v>
+      </c>
+      <c r="D128">
+        <v>50</v>
+      </c>
+      <c r="E128">
+        <v>0</v>
+      </c>
+      <c r="F128">
         <v>14</v>
       </c>
-      <c r="E6" s="9" t="s">
+      <c r="G128">
+        <v>2</v>
+      </c>
+      <c r="H128">
+        <v>0</v>
+      </c>
+      <c r="I128">
+        <v>0</v>
+      </c>
+      <c r="J128">
+        <v>9</v>
+      </c>
+      <c r="K128">
+        <v>8</v>
+      </c>
+      <c r="L128">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A129" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="B129" t="s">
+        <v>19</v>
+      </c>
+      <c r="C129" t="s">
+        <v>253</v>
+      </c>
+      <c r="D129">
+        <v>50</v>
+      </c>
+      <c r="E129">
+        <v>0</v>
+      </c>
+      <c r="F129">
+        <v>0</v>
+      </c>
+      <c r="G129">
+        <v>0</v>
+      </c>
+      <c r="H129">
+        <v>0</v>
+      </c>
+      <c r="I129">
+        <v>26</v>
+      </c>
+      <c r="J129">
+        <v>5</v>
+      </c>
+      <c r="K129">
+        <v>7</v>
+      </c>
+      <c r="L129">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A130" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="B130" t="s">
+        <v>19</v>
+      </c>
+      <c r="C130" t="s">
+        <v>255</v>
+      </c>
+      <c r="D130">
+        <v>50</v>
+      </c>
+      <c r="E130">
+        <v>1</v>
+      </c>
+      <c r="F130">
+        <v>13</v>
+      </c>
+      <c r="G130">
+        <v>0</v>
+      </c>
+      <c r="H130">
+        <v>0</v>
+      </c>
+      <c r="I130">
+        <v>8</v>
+      </c>
+      <c r="J130">
+        <v>4</v>
+      </c>
+      <c r="K130">
+        <v>5</v>
+      </c>
+      <c r="L130">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A131" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="B131" t="s">
+        <v>19</v>
+      </c>
+      <c r="C131" t="s">
+        <v>257</v>
+      </c>
+      <c r="D131">
+        <v>50</v>
+      </c>
+      <c r="E131">
+        <v>0</v>
+      </c>
+      <c r="F131">
+        <v>0</v>
+      </c>
+      <c r="G131">
+        <v>0</v>
+      </c>
+      <c r="H131">
+        <v>0</v>
+      </c>
+      <c r="I131">
+        <v>12</v>
+      </c>
+      <c r="J131">
+        <v>7</v>
+      </c>
+      <c r="K131">
+        <v>5</v>
+      </c>
+      <c r="L131">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A132" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="B132" t="s">
+        <v>36</v>
+      </c>
+      <c r="C132" t="s">
+        <v>259</v>
+      </c>
+      <c r="D132">
+        <v>50</v>
+      </c>
+      <c r="E132">
+        <v>0</v>
+      </c>
+      <c r="F132">
+        <v>11</v>
+      </c>
+      <c r="G132">
+        <v>0</v>
+      </c>
+      <c r="H132">
+        <v>0</v>
+      </c>
+      <c r="I132">
+        <v>6</v>
+      </c>
+      <c r="J132">
+        <v>7</v>
+      </c>
+      <c r="K132">
+        <v>4</v>
+      </c>
+      <c r="L132">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A133" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="B133" t="s">
+        <v>36</v>
+      </c>
+      <c r="C133" t="s">
+        <v>261</v>
+      </c>
+      <c r="D133">
+        <v>50</v>
+      </c>
+      <c r="E133">
+        <v>1</v>
+      </c>
+      <c r="F133">
+        <v>9</v>
+      </c>
+      <c r="G133">
+        <v>1</v>
+      </c>
+      <c r="H133">
+        <v>0</v>
+      </c>
+      <c r="I133">
+        <v>13</v>
+      </c>
+      <c r="J133">
+        <v>6</v>
+      </c>
+      <c r="K133">
+        <v>4</v>
+      </c>
+      <c r="L133">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A134" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="B134" t="s">
+        <v>36</v>
+      </c>
+      <c r="C134" t="s">
+        <v>263</v>
+      </c>
+      <c r="D134">
+        <v>50</v>
+      </c>
+      <c r="E134">
+        <v>0</v>
+      </c>
+      <c r="F134">
+        <v>8</v>
+      </c>
+      <c r="G134">
+        <v>3</v>
+      </c>
+      <c r="H134">
+        <v>0</v>
+      </c>
+      <c r="I134">
+        <v>8</v>
+      </c>
+      <c r="J134">
+        <v>6</v>
+      </c>
+      <c r="K134">
+        <v>4</v>
+      </c>
+      <c r="L134">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A135" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B135" t="s">
+        <v>19</v>
+      </c>
+      <c r="C135" t="s">
+        <v>265</v>
+      </c>
+      <c r="D135">
+        <v>100</v>
+      </c>
+      <c r="E135">
+        <v>1</v>
+      </c>
+      <c r="F135">
+        <v>1</v>
+      </c>
+      <c r="G135">
+        <v>1</v>
+      </c>
+      <c r="H135">
+        <v>0</v>
+      </c>
+      <c r="I135">
+        <v>17</v>
+      </c>
+      <c r="J135">
+        <v>0</v>
+      </c>
+      <c r="K135">
+        <v>0</v>
+      </c>
+      <c r="L135">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A136" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="B136" t="s">
+        <v>19</v>
+      </c>
+      <c r="C136" t="s">
+        <v>267</v>
+      </c>
+      <c r="D136">
+        <v>50</v>
+      </c>
+      <c r="E136">
+        <v>2</v>
+      </c>
+      <c r="F136">
+        <v>1</v>
+      </c>
+      <c r="G136">
+        <v>3</v>
+      </c>
+      <c r="H136">
+        <v>0</v>
+      </c>
+      <c r="I136">
+        <v>0</v>
+      </c>
+      <c r="J136">
+        <v>100</v>
+      </c>
+      <c r="K136">
+        <v>78</v>
+      </c>
+      <c r="L136">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A137" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B137" t="s">
+        <v>19</v>
+      </c>
+      <c r="C137" t="s">
+        <v>269</v>
+      </c>
+      <c r="D137">
+        <v>50</v>
+      </c>
+      <c r="E137">
+        <v>6</v>
+      </c>
+      <c r="F137">
+        <v>10</v>
+      </c>
+      <c r="G137">
+        <v>2</v>
+      </c>
+      <c r="H137">
+        <v>0</v>
+      </c>
+      <c r="I137">
+        <v>0</v>
+      </c>
+      <c r="J137">
+        <v>83</v>
+      </c>
+      <c r="K137">
+        <v>79</v>
+      </c>
+      <c r="L137">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A138" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="B138" t="s">
+        <v>19</v>
+      </c>
+      <c r="C138" t="s">
+        <v>271</v>
+      </c>
+      <c r="D138">
+        <v>50</v>
+      </c>
+      <c r="E138">
+        <v>7</v>
+      </c>
+      <c r="F138">
+        <v>4</v>
+      </c>
+      <c r="G138">
+        <v>0</v>
+      </c>
+      <c r="H138">
+        <v>0</v>
+      </c>
+      <c r="I138">
+        <v>0</v>
+      </c>
+      <c r="J138">
+        <v>317</v>
+      </c>
+      <c r="K138">
+        <v>280</v>
+      </c>
+      <c r="L138">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A139" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="B139" t="s">
+        <v>19</v>
+      </c>
+      <c r="C139" t="s">
+        <v>273</v>
+      </c>
+      <c r="D139">
+        <v>50</v>
+      </c>
+      <c r="E139">
+        <v>4</v>
+      </c>
+      <c r="F139">
+        <v>6</v>
+      </c>
+      <c r="G139">
+        <v>3</v>
+      </c>
+      <c r="H139">
+        <v>0</v>
+      </c>
+      <c r="I139">
+        <v>5</v>
+      </c>
+      <c r="J139">
+        <v>3</v>
+      </c>
+      <c r="K139">
+        <v>4</v>
+      </c>
+      <c r="L139">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A140" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="B140" t="s">
+        <v>19</v>
+      </c>
+      <c r="C140" t="s">
+        <v>275</v>
+      </c>
+      <c r="D140">
+        <v>100</v>
+      </c>
+      <c r="E140">
+        <v>1</v>
+      </c>
+      <c r="F140">
+        <v>4</v>
+      </c>
+      <c r="G140">
+        <v>4</v>
+      </c>
+      <c r="H140">
+        <v>0</v>
+      </c>
+      <c r="I140">
+        <v>0</v>
+      </c>
+      <c r="J140">
+        <v>79</v>
+      </c>
+      <c r="K140">
+        <v>64</v>
+      </c>
+      <c r="L140">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A141" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="B141" t="s">
+        <v>19</v>
+      </c>
+      <c r="C141" t="s">
+        <v>277</v>
+      </c>
+      <c r="D141">
+        <v>100</v>
+      </c>
+      <c r="E141">
+        <v>2</v>
+      </c>
+      <c r="F141">
+        <v>1</v>
+      </c>
+      <c r="G141">
+        <v>1</v>
+      </c>
+      <c r="H141">
+        <v>0</v>
+      </c>
+      <c r="I141">
+        <v>4</v>
+      </c>
+      <c r="J141">
+        <v>3</v>
+      </c>
+      <c r="K141">
+        <v>4</v>
+      </c>
+      <c r="L141">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A142" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="B142" t="s">
+        <v>19</v>
+      </c>
+      <c r="C142" t="s">
+        <v>279</v>
+      </c>
+      <c r="D142">
+        <v>100</v>
+      </c>
+      <c r="E142">
+        <v>0</v>
+      </c>
+      <c r="F142">
+        <v>0</v>
+      </c>
+      <c r="G142">
+        <v>0</v>
+      </c>
+      <c r="H142">
+        <v>0</v>
+      </c>
+      <c r="I142">
+        <v>1</v>
+      </c>
+      <c r="J142">
+        <v>1</v>
+      </c>
+      <c r="K142">
+        <v>2</v>
+      </c>
+      <c r="L142">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A143" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="B143" t="s">
+        <v>19</v>
+      </c>
+      <c r="C143" t="s">
+        <v>281</v>
+      </c>
+      <c r="D143">
+        <v>50</v>
+      </c>
+      <c r="E143">
+        <v>5</v>
+      </c>
+      <c r="F143">
+        <v>10</v>
+      </c>
+      <c r="G143">
+        <v>30</v>
+      </c>
+      <c r="H143">
+        <v>0</v>
+      </c>
+      <c r="I143">
+        <v>10</v>
+      </c>
+      <c r="J143">
+        <v>5</v>
+      </c>
+      <c r="K143">
+        <v>2</v>
+      </c>
+      <c r="L143">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A144" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="B144" t="s">
+        <v>19</v>
+      </c>
+      <c r="C144" t="s">
+        <v>283</v>
+      </c>
+      <c r="D144">
+        <v>50</v>
+      </c>
+      <c r="E144">
+        <v>0</v>
+      </c>
+      <c r="F144">
+        <v>0</v>
+      </c>
+      <c r="G144">
+        <v>0</v>
+      </c>
+      <c r="H144">
+        <v>0</v>
+      </c>
+      <c r="I144">
+        <v>1</v>
+      </c>
+      <c r="J144">
+        <v>5</v>
+      </c>
+      <c r="K144">
+        <v>3</v>
+      </c>
+      <c r="L144">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A145" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B145" t="s">
+        <v>36</v>
+      </c>
+      <c r="C145" t="s">
+        <v>285</v>
+      </c>
+      <c r="D145">
+        <v>100</v>
+      </c>
+      <c r="E145">
+        <v>0</v>
+      </c>
+      <c r="F145">
+        <v>0</v>
+      </c>
+      <c r="G145">
+        <v>0</v>
+      </c>
+      <c r="H145">
+        <v>0</v>
+      </c>
+      <c r="I145">
+        <v>0</v>
+      </c>
+      <c r="J145">
+        <v>2</v>
+      </c>
+      <c r="K145">
+        <v>1</v>
+      </c>
+      <c r="L145">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A146" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="B146" t="s">
+        <v>43</v>
+      </c>
+      <c r="C146" t="s">
+        <v>287</v>
+      </c>
+      <c r="D146">
+        <v>100</v>
+      </c>
+      <c r="E146">
+        <v>0</v>
+      </c>
+      <c r="F146">
+        <v>0</v>
+      </c>
+      <c r="G146">
+        <v>1</v>
+      </c>
+      <c r="H146">
+        <v>0</v>
+      </c>
+      <c r="I146">
+        <v>2</v>
+      </c>
+      <c r="J146">
+        <v>1</v>
+      </c>
+      <c r="K146">
+        <v>1</v>
+      </c>
+      <c r="L146">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A147" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="B147" t="s">
+        <v>19</v>
+      </c>
+      <c r="C147" t="s">
+        <v>289</v>
+      </c>
+      <c r="D147">
+        <v>50</v>
+      </c>
+      <c r="E147">
+        <v>1</v>
+      </c>
+      <c r="F147">
+        <v>0</v>
+      </c>
+      <c r="G147">
+        <v>1</v>
+      </c>
+      <c r="H147">
+        <v>0</v>
+      </c>
+      <c r="I147">
+        <v>0</v>
+      </c>
+      <c r="J147">
+        <v>0</v>
+      </c>
+      <c r="K147">
+        <v>5</v>
+      </c>
+      <c r="L147">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A148" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="B148" t="s">
+        <v>19</v>
+      </c>
+      <c r="C148" t="s">
+        <v>291</v>
+      </c>
+      <c r="D148">
+        <v>50</v>
+      </c>
+      <c r="E148">
+        <v>1</v>
+      </c>
+      <c r="F148">
+        <v>0</v>
+      </c>
+      <c r="G148">
+        <v>0</v>
+      </c>
+      <c r="H148">
+        <v>0</v>
+      </c>
+      <c r="I148">
+        <v>0</v>
+      </c>
+      <c r="J148">
+        <v>2</v>
+      </c>
+      <c r="K148">
+        <v>6</v>
+      </c>
+      <c r="L148">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A149" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B149" t="s">
+        <v>43</v>
+      </c>
+      <c r="C149" t="s">
+        <v>293</v>
+      </c>
+      <c r="D149">
+        <v>100</v>
+      </c>
+      <c r="E149">
+        <v>0</v>
+      </c>
+      <c r="F149">
+        <v>0</v>
+      </c>
+      <c r="G149">
+        <v>0</v>
+      </c>
+      <c r="H149">
+        <v>0</v>
+      </c>
+      <c r="I149">
+        <v>3</v>
+      </c>
+      <c r="J149">
+        <v>0</v>
+      </c>
+      <c r="K149">
+        <v>3</v>
+      </c>
+      <c r="L149">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A150" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="B150" t="s">
+        <v>43</v>
+      </c>
+      <c r="C150" t="s">
+        <v>295</v>
+      </c>
+      <c r="D150">
+        <v>100</v>
+      </c>
+      <c r="E150">
+        <v>1</v>
+      </c>
+      <c r="F150">
+        <v>1</v>
+      </c>
+      <c r="G150">
+        <v>0</v>
+      </c>
+      <c r="H150">
+        <v>0</v>
+      </c>
+      <c r="I150">
+        <v>1</v>
+      </c>
+      <c r="J150">
+        <v>1</v>
+      </c>
+      <c r="K150">
+        <v>2</v>
+      </c>
+      <c r="L150">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A151" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="B151" t="s">
+        <v>43</v>
+      </c>
+      <c r="C151" t="s">
+        <v>297</v>
+      </c>
+      <c r="D151">
+        <v>100</v>
+      </c>
+      <c r="E151">
+        <v>0</v>
+      </c>
+      <c r="F151">
+        <v>0</v>
+      </c>
+      <c r="G151">
+        <v>2</v>
+      </c>
+      <c r="H151">
+        <v>0</v>
+      </c>
+      <c r="I151">
+        <v>4</v>
+      </c>
+      <c r="J151">
+        <v>2</v>
+      </c>
+      <c r="K151">
+        <v>3</v>
+      </c>
+      <c r="L151">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A152" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="B152" t="s">
+        <v>43</v>
+      </c>
+      <c r="C152" t="s">
+        <v>299</v>
+      </c>
+      <c r="D152">
+        <v>100</v>
+      </c>
+      <c r="E152">
+        <v>3</v>
+      </c>
+      <c r="F152">
+        <v>1</v>
+      </c>
+      <c r="G152">
+        <v>2</v>
+      </c>
+      <c r="H152">
+        <v>0</v>
+      </c>
+      <c r="I152">
+        <v>0</v>
+      </c>
+      <c r="J152">
+        <v>18</v>
+      </c>
+      <c r="K152">
+        <v>19</v>
+      </c>
+      <c r="L152">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A153" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="B153" t="s">
+        <v>19</v>
+      </c>
+      <c r="C153" t="s">
+        <v>301</v>
+      </c>
+      <c r="D153">
+        <v>100</v>
+      </c>
+      <c r="E153">
+        <v>2</v>
+      </c>
+      <c r="F153">
+        <v>1</v>
+      </c>
+      <c r="G153">
+        <v>1</v>
+      </c>
+      <c r="H153">
+        <v>0</v>
+      </c>
+      <c r="I153">
+        <v>24</v>
+      </c>
+      <c r="J153">
+        <v>26</v>
+      </c>
+      <c r="K153">
+        <v>16</v>
+      </c>
+      <c r="L153">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A154" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="B154" t="s">
+        <v>19</v>
+      </c>
+      <c r="C154" t="s">
+        <v>303</v>
+      </c>
+      <c r="D154">
+        <v>100</v>
+      </c>
+      <c r="E154">
+        <v>0</v>
+      </c>
+      <c r="F154">
+        <v>1</v>
+      </c>
+      <c r="G154">
+        <v>0</v>
+      </c>
+      <c r="H154">
+        <v>0</v>
+      </c>
+      <c r="I154">
+        <v>2</v>
+      </c>
+      <c r="J154">
+        <v>3</v>
+      </c>
+      <c r="K154">
+        <v>1</v>
+      </c>
+      <c r="L154">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A155" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="B155" t="s">
+        <v>36</v>
+      </c>
+      <c r="C155" t="s">
+        <v>305</v>
+      </c>
+      <c r="D155">
+        <v>100</v>
+      </c>
+      <c r="E155">
+        <v>0</v>
+      </c>
+      <c r="F155">
+        <v>0</v>
+      </c>
+      <c r="G155">
+        <v>0</v>
+      </c>
+      <c r="H155">
+        <v>0</v>
+      </c>
+      <c r="I155">
+        <v>12</v>
+      </c>
+      <c r="J155">
+        <v>0</v>
+      </c>
+      <c r="K155">
+        <v>7</v>
+      </c>
+      <c r="L155">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A156" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="B156" t="s">
+        <v>43</v>
+      </c>
+      <c r="C156" t="s">
+        <v>307</v>
+      </c>
+      <c r="D156">
+        <v>100</v>
+      </c>
+      <c r="E156">
+        <v>0</v>
+      </c>
+      <c r="F156">
+        <v>0</v>
+      </c>
+      <c r="G156">
+        <v>0</v>
+      </c>
+      <c r="H156">
+        <v>0</v>
+      </c>
+      <c r="I156">
+        <v>2</v>
+      </c>
+      <c r="J156">
+        <v>2</v>
+      </c>
+      <c r="K156">
+        <v>2</v>
+      </c>
+      <c r="L156">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A157" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="B157" t="s">
+        <v>43</v>
+      </c>
+      <c r="C157" t="s">
+        <v>309</v>
+      </c>
+      <c r="D157">
+        <v>100</v>
+      </c>
+      <c r="E157">
+        <v>0</v>
+      </c>
+      <c r="F157">
+        <v>1</v>
+      </c>
+      <c r="G157">
+        <v>1</v>
+      </c>
+      <c r="H157">
+        <v>0</v>
+      </c>
+      <c r="I157">
+        <v>0</v>
+      </c>
+      <c r="J157">
+        <v>0</v>
+      </c>
+      <c r="K157">
+        <v>2</v>
+      </c>
+      <c r="L157">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A158" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="B158" t="s">
+        <v>43</v>
+      </c>
+      <c r="C158" t="s">
+        <v>311</v>
+      </c>
+      <c r="D158">
+        <v>100</v>
+      </c>
+      <c r="E158">
+        <v>1</v>
+      </c>
+      <c r="F158">
+        <v>0</v>
+      </c>
+      <c r="G158">
+        <v>1</v>
+      </c>
+      <c r="H158">
+        <v>0</v>
+      </c>
+      <c r="I158">
+        <v>0</v>
+      </c>
+      <c r="J158">
+        <v>8</v>
+      </c>
+      <c r="K158">
+        <v>4</v>
+      </c>
+      <c r="L158">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A159" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="B159" t="s">
+        <v>36</v>
+      </c>
+      <c r="C159" t="s">
+        <v>313</v>
+      </c>
+      <c r="D159">
+        <v>100</v>
+      </c>
+      <c r="E159">
+        <v>0</v>
+      </c>
+      <c r="F159">
+        <v>0</v>
+      </c>
+      <c r="G159">
+        <v>0</v>
+      </c>
+      <c r="H159">
+        <v>0</v>
+      </c>
+      <c r="I159">
+        <v>2</v>
+      </c>
+      <c r="J159">
+        <v>11</v>
+      </c>
+      <c r="K159">
+        <v>0</v>
+      </c>
+      <c r="L159">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A160" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="B160" t="s">
+        <v>36</v>
+      </c>
+      <c r="C160" t="s">
+        <v>315</v>
+      </c>
+      <c r="D160">
+        <v>100</v>
+      </c>
+      <c r="E160">
+        <v>0</v>
+      </c>
+      <c r="F160">
+        <v>0</v>
+      </c>
+      <c r="G160">
+        <v>0</v>
+      </c>
+      <c r="H160">
+        <v>0</v>
+      </c>
+      <c r="I160">
+        <v>1</v>
+      </c>
+      <c r="J160">
+        <v>2</v>
+      </c>
+      <c r="K160">
+        <v>0</v>
+      </c>
+      <c r="L160">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A161" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="B161" t="s">
+        <v>36</v>
+      </c>
+      <c r="C161" t="s">
+        <v>317</v>
+      </c>
+      <c r="D161">
+        <v>100</v>
+      </c>
+      <c r="E161">
+        <v>0</v>
+      </c>
+      <c r="F161">
+        <v>0</v>
+      </c>
+      <c r="G161">
+        <v>0</v>
+      </c>
+      <c r="H161">
+        <v>0</v>
+      </c>
+      <c r="I161">
+        <v>3</v>
+      </c>
+      <c r="J161">
+        <v>8</v>
+      </c>
+      <c r="K161">
+        <v>0</v>
+      </c>
+      <c r="L161">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A162" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="B162" t="s">
+        <v>36</v>
+      </c>
+      <c r="C162" t="s">
+        <v>319</v>
+      </c>
+      <c r="D162">
+        <v>100</v>
+      </c>
+      <c r="E162">
+        <v>0</v>
+      </c>
+      <c r="F162">
+        <v>0</v>
+      </c>
+      <c r="G162">
+        <v>0</v>
+      </c>
+      <c r="H162">
+        <v>0</v>
+      </c>
+      <c r="I162">
+        <v>3</v>
+      </c>
+      <c r="J162">
+        <v>3</v>
+      </c>
+      <c r="K162">
+        <v>0</v>
+      </c>
+      <c r="L162">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A163" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="B163" t="s">
+        <v>36</v>
+      </c>
+      <c r="C163" t="s">
+        <v>321</v>
+      </c>
+      <c r="D163">
+        <v>100</v>
+      </c>
+      <c r="E163">
+        <v>0</v>
+      </c>
+      <c r="F163">
+        <v>2</v>
+      </c>
+      <c r="G163">
+        <v>1</v>
+      </c>
+      <c r="H163">
+        <v>0</v>
+      </c>
+      <c r="I163">
+        <v>3</v>
+      </c>
+      <c r="J163">
+        <v>11</v>
+      </c>
+      <c r="K163">
+        <v>0</v>
+      </c>
+      <c r="L163">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A164" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="B164" t="s">
+        <v>36</v>
+      </c>
+      <c r="C164" t="s">
+        <v>323</v>
+      </c>
+      <c r="D164">
+        <v>100</v>
+      </c>
+      <c r="E164">
+        <v>0</v>
+      </c>
+      <c r="F164">
+        <v>0</v>
+      </c>
+      <c r="G164">
+        <v>2</v>
+      </c>
+      <c r="H164">
+        <v>0</v>
+      </c>
+      <c r="I164">
+        <v>0</v>
+      </c>
+      <c r="J164">
+        <v>4</v>
+      </c>
+      <c r="K164">
+        <v>4</v>
+      </c>
+      <c r="L164">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A165" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="B165" t="s">
+        <v>36</v>
+      </c>
+      <c r="C165" t="s">
+        <v>325</v>
+      </c>
+      <c r="D165">
+        <v>100</v>
+      </c>
+      <c r="E165">
+        <v>0</v>
+      </c>
+      <c r="F165">
+        <v>0</v>
+      </c>
+      <c r="G165">
+        <v>3</v>
+      </c>
+      <c r="H165">
+        <v>0</v>
+      </c>
+      <c r="I165">
+        <v>1</v>
+      </c>
+      <c r="J165">
+        <v>6</v>
+      </c>
+      <c r="K165">
+        <v>0</v>
+      </c>
+      <c r="L165">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A166" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="B166" t="s">
+        <v>36</v>
+      </c>
+      <c r="C166" t="s">
+        <v>327</v>
+      </c>
+      <c r="D166">
+        <v>100</v>
+      </c>
+      <c r="E166">
+        <v>0</v>
+      </c>
+      <c r="F166">
+        <v>0</v>
+      </c>
+      <c r="G166">
+        <v>0</v>
+      </c>
+      <c r="H166">
+        <v>0</v>
+      </c>
+      <c r="I166">
+        <v>2</v>
+      </c>
+      <c r="J166">
+        <v>7</v>
+      </c>
+      <c r="K166">
+        <v>0</v>
+      </c>
+      <c r="L166">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A167" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="B167" t="s">
+        <v>19</v>
+      </c>
+      <c r="C167" t="s">
+        <v>329</v>
+      </c>
+      <c r="D167">
+        <v>100</v>
+      </c>
+      <c r="E167">
+        <v>1</v>
+      </c>
+      <c r="F167">
+        <v>1</v>
+      </c>
+      <c r="G167">
+        <v>0</v>
+      </c>
+      <c r="H167">
+        <v>0</v>
+      </c>
+      <c r="I167">
+        <v>7</v>
+      </c>
+      <c r="J167">
+        <v>4</v>
+      </c>
+      <c r="K167">
+        <v>2</v>
+      </c>
+      <c r="L167">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A168" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="B168" t="s">
+        <v>19</v>
+      </c>
+      <c r="C168" t="s">
+        <v>331</v>
+      </c>
+      <c r="D168">
+        <v>100</v>
+      </c>
+      <c r="E168">
+        <v>0</v>
+      </c>
+      <c r="F168">
+        <v>2</v>
+      </c>
+      <c r="G168">
+        <v>1</v>
+      </c>
+      <c r="H168">
+        <v>0</v>
+      </c>
+      <c r="I168">
+        <v>4</v>
+      </c>
+      <c r="J168">
+        <v>0</v>
+      </c>
+      <c r="K168">
+        <v>0</v>
+      </c>
+      <c r="L168">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A169" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="B169" t="s">
+        <v>19</v>
+      </c>
+      <c r="C169" t="s">
+        <v>333</v>
+      </c>
+      <c r="D169">
+        <v>100</v>
+      </c>
+      <c r="E169">
+        <v>1</v>
+      </c>
+      <c r="F169">
+        <v>2</v>
+      </c>
+      <c r="G169">
+        <v>0</v>
+      </c>
+      <c r="H169">
+        <v>0</v>
+      </c>
+      <c r="I169">
+        <v>1</v>
+      </c>
+      <c r="J169">
+        <v>11</v>
+      </c>
+      <c r="K169">
+        <v>5</v>
+      </c>
+      <c r="L169">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A170" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="B170" t="s">
+        <v>19</v>
+      </c>
+      <c r="C170" t="s">
+        <v>335</v>
+      </c>
+      <c r="D170">
+        <v>100</v>
+      </c>
+      <c r="E170">
+        <v>1</v>
+      </c>
+      <c r="F170">
+        <v>1</v>
+      </c>
+      <c r="G170">
+        <v>0</v>
+      </c>
+      <c r="H170">
+        <v>0</v>
+      </c>
+      <c r="I170">
+        <v>6</v>
+      </c>
+      <c r="J170">
+        <v>6</v>
+      </c>
+      <c r="K170">
+        <v>5</v>
+      </c>
+      <c r="L170">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A171" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="B171" t="s">
+        <v>19</v>
+      </c>
+      <c r="C171" t="s">
+        <v>337</v>
+      </c>
+      <c r="D171">
+        <v>100</v>
+      </c>
+      <c r="E171">
+        <v>2</v>
+      </c>
+      <c r="F171">
+        <v>0</v>
+      </c>
+      <c r="G171">
+        <v>2</v>
+      </c>
+      <c r="H171">
+        <v>0</v>
+      </c>
+      <c r="I171">
+        <v>5</v>
+      </c>
+      <c r="J171">
+        <v>5</v>
+      </c>
+      <c r="K171">
+        <v>0</v>
+      </c>
+      <c r="L171">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A172" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="B172" t="s">
+        <v>19</v>
+      </c>
+      <c r="C172" t="s">
+        <v>339</v>
+      </c>
+      <c r="D172">
+        <v>100</v>
+      </c>
+      <c r="E172">
+        <v>0</v>
+      </c>
+      <c r="F172">
+        <v>1</v>
+      </c>
+      <c r="G172">
+        <v>1</v>
+      </c>
+      <c r="H172">
+        <v>0</v>
+      </c>
+      <c r="I172">
+        <v>8</v>
+      </c>
+      <c r="J172">
+        <v>1</v>
+      </c>
+      <c r="K172">
+        <v>1</v>
+      </c>
+      <c r="L172">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A173" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="B173" t="s">
+        <v>19</v>
+      </c>
+      <c r="C173" t="s">
+        <v>341</v>
+      </c>
+      <c r="D173">
+        <v>100</v>
+      </c>
+      <c r="E173">
+        <v>1</v>
+      </c>
+      <c r="F173">
+        <v>1</v>
+      </c>
+      <c r="G173">
+        <v>1</v>
+      </c>
+      <c r="H173">
+        <v>0</v>
+      </c>
+      <c r="I173">
+        <v>4</v>
+      </c>
+      <c r="J173">
+        <v>7</v>
+      </c>
+      <c r="K173">
+        <v>0</v>
+      </c>
+      <c r="L173">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A174" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="B174" t="s">
+        <v>19</v>
+      </c>
+      <c r="C174" t="s">
+        <v>343</v>
+      </c>
+      <c r="D174">
+        <v>100</v>
+      </c>
+      <c r="E174">
+        <v>1</v>
+      </c>
+      <c r="F174">
+        <v>0</v>
+      </c>
+      <c r="G174">
+        <v>0</v>
+      </c>
+      <c r="H174">
+        <v>0</v>
+      </c>
+      <c r="I174">
+        <v>5</v>
+      </c>
+      <c r="J174">
+        <v>0</v>
+      </c>
+      <c r="K174">
+        <v>0</v>
+      </c>
+      <c r="L174">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A175" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="B175" t="s">
+        <v>43</v>
+      </c>
+      <c r="C175" t="s">
+        <v>345</v>
+      </c>
+      <c r="D175">
+        <v>72</v>
+      </c>
+      <c r="E175">
+        <v>0</v>
+      </c>
+      <c r="F175">
+        <v>6</v>
+      </c>
+      <c r="G175">
+        <v>4</v>
+      </c>
+      <c r="H175">
+        <v>0</v>
+      </c>
+      <c r="I175">
+        <v>10</v>
+      </c>
+      <c r="J175">
+        <v>0</v>
+      </c>
+      <c r="K175">
+        <v>0</v>
+      </c>
+      <c r="L175">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A176" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="B176" t="s">
+        <v>43</v>
+      </c>
+      <c r="C176" t="s">
+        <v>347</v>
+      </c>
+      <c r="D176">
+        <v>72</v>
+      </c>
+      <c r="E176">
+        <v>0</v>
+      </c>
+      <c r="F176">
+        <v>6</v>
+      </c>
+      <c r="G176">
+        <v>2</v>
+      </c>
+      <c r="H176">
+        <v>0</v>
+      </c>
+      <c r="I176">
+        <v>3</v>
+      </c>
+      <c r="J176">
+        <v>1</v>
+      </c>
+      <c r="K176">
+        <v>0</v>
+      </c>
+      <c r="L176">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A177" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="B177" t="s">
+        <v>43</v>
+      </c>
+      <c r="C177" t="s">
+        <v>349</v>
+      </c>
+      <c r="D177">
+        <v>72</v>
+      </c>
+      <c r="E177">
+        <v>0</v>
+      </c>
+      <c r="F177">
+        <v>8</v>
+      </c>
+      <c r="G177">
+        <v>2</v>
+      </c>
+      <c r="H177">
+        <v>0</v>
+      </c>
+      <c r="I177">
+        <v>8</v>
+      </c>
+      <c r="J177">
+        <v>0</v>
+      </c>
+      <c r="K177">
+        <v>0</v>
+      </c>
+      <c r="L177">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A178" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="B178" t="s">
+        <v>43</v>
+      </c>
+      <c r="C178" t="s">
+        <v>351</v>
+      </c>
+      <c r="D178">
+        <v>72</v>
+      </c>
+      <c r="E178">
+        <v>0</v>
+      </c>
+      <c r="F178">
+        <v>5</v>
+      </c>
+      <c r="G178">
+        <v>0</v>
+      </c>
+      <c r="H178">
+        <v>0</v>
+      </c>
+      <c r="I178">
+        <v>10</v>
+      </c>
+      <c r="J178">
+        <v>5</v>
+      </c>
+      <c r="K178">
+        <v>1</v>
+      </c>
+      <c r="L178">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A179" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="B179" t="s">
+        <v>43</v>
+      </c>
+      <c r="C179" t="s">
+        <v>353</v>
+      </c>
+      <c r="D179">
+        <v>72</v>
+      </c>
+      <c r="E179">
+        <v>3</v>
+      </c>
+      <c r="F179">
+        <v>6</v>
+      </c>
+      <c r="G179">
+        <v>1</v>
+      </c>
+      <c r="H179">
+        <v>0</v>
+      </c>
+      <c r="I179">
+        <v>10</v>
+      </c>
+      <c r="J179">
+        <v>0</v>
+      </c>
+      <c r="K179">
+        <v>0</v>
+      </c>
+      <c r="L179">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A180" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="B180" t="s">
+        <v>43</v>
+      </c>
+      <c r="C180" t="s">
+        <v>355</v>
+      </c>
+      <c r="D180">
+        <v>72</v>
+      </c>
+      <c r="E180">
+        <v>4</v>
+      </c>
+      <c r="F180">
+        <v>9</v>
+      </c>
+      <c r="G180">
+        <v>0</v>
+      </c>
+      <c r="H180">
+        <v>0</v>
+      </c>
+      <c r="I180">
+        <v>18</v>
+      </c>
+      <c r="J180">
+        <v>2</v>
+      </c>
+      <c r="K180">
+        <v>9</v>
+      </c>
+      <c r="L180">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A181" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="B181" t="s">
+        <v>43</v>
+      </c>
+      <c r="C181" t="s">
+        <v>357</v>
+      </c>
+      <c r="D181">
+        <v>72</v>
+      </c>
+      <c r="E181">
+        <v>2</v>
+      </c>
+      <c r="F181">
+        <v>1</v>
+      </c>
+      <c r="G181">
+        <v>0</v>
+      </c>
+      <c r="H181">
+        <v>0</v>
+      </c>
+      <c r="I181">
+        <v>2</v>
+      </c>
+      <c r="J181">
+        <v>2</v>
+      </c>
+      <c r="K181">
+        <v>0</v>
+      </c>
+      <c r="L181">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A182" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="B182" t="s">
+        <v>43</v>
+      </c>
+      <c r="C182" t="s">
+        <v>359</v>
+      </c>
+      <c r="D182">
+        <v>72</v>
+      </c>
+      <c r="E182">
+        <v>0</v>
+      </c>
+      <c r="F182">
+        <v>0</v>
+      </c>
+      <c r="G182">
+        <v>0</v>
+      </c>
+      <c r="H182">
+        <v>0</v>
+      </c>
+      <c r="I182">
+        <v>37</v>
+      </c>
+      <c r="J182">
+        <v>17</v>
+      </c>
+      <c r="K182">
+        <v>2</v>
+      </c>
+      <c r="L182">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A183" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="B183" t="s">
+        <v>43</v>
+      </c>
+      <c r="C183" t="s">
+        <v>361</v>
+      </c>
+      <c r="D183">
+        <v>72</v>
+      </c>
+      <c r="E183">
+        <v>4</v>
+      </c>
+      <c r="F183">
+        <v>4</v>
+      </c>
+      <c r="G183">
+        <v>4</v>
+      </c>
+      <c r="H183">
+        <v>0</v>
+      </c>
+      <c r="I183">
+        <v>0</v>
+      </c>
+      <c r="J183">
+        <v>0</v>
+      </c>
+      <c r="K183">
+        <v>0</v>
+      </c>
+      <c r="L183">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A184" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="B184" t="s">
+        <v>43</v>
+      </c>
+      <c r="C184" t="s">
+        <v>363</v>
+      </c>
+      <c r="D184">
+        <v>72</v>
+      </c>
+      <c r="E184">
+        <v>0</v>
+      </c>
+      <c r="F184">
+        <v>0</v>
+      </c>
+      <c r="G184">
+        <v>0</v>
+      </c>
+      <c r="H184">
+        <v>0</v>
+      </c>
+      <c r="I184">
+        <v>4</v>
+      </c>
+      <c r="J184">
+        <v>2</v>
+      </c>
+      <c r="K184">
+        <v>0</v>
+      </c>
+      <c r="L184">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A185" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="B185" t="s">
+        <v>43</v>
+      </c>
+      <c r="C185" t="s">
+        <v>365</v>
+      </c>
+      <c r="D185">
+        <v>72</v>
+      </c>
+      <c r="E185">
+        <v>0</v>
+      </c>
+      <c r="F185">
+        <v>2</v>
+      </c>
+      <c r="G185">
+        <v>0</v>
+      </c>
+      <c r="H185">
+        <v>0</v>
+      </c>
+      <c r="I185">
+        <v>8</v>
+      </c>
+      <c r="J185">
+        <v>4</v>
+      </c>
+      <c r="K185">
+        <v>0</v>
+      </c>
+      <c r="L185">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A186" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="B186" t="s">
+        <v>43</v>
+      </c>
+      <c r="C186" t="s">
+        <v>367</v>
+      </c>
+      <c r="D186">
+        <v>72</v>
+      </c>
+      <c r="E186">
+        <v>2</v>
+      </c>
+      <c r="F186">
+        <v>4</v>
+      </c>
+      <c r="G186">
+        <v>1</v>
+      </c>
+      <c r="H186">
+        <v>0</v>
+      </c>
+      <c r="I186">
+        <v>2</v>
+      </c>
+      <c r="J186">
+        <v>3</v>
+      </c>
+      <c r="K186">
+        <v>1</v>
+      </c>
+      <c r="L186">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A187" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="B187" t="s">
+        <v>19</v>
+      </c>
+      <c r="C187" t="s">
+        <v>369</v>
+      </c>
+      <c r="D187">
+        <v>100</v>
+      </c>
+      <c r="E187">
+        <v>0</v>
+      </c>
+      <c r="F187">
+        <v>2</v>
+      </c>
+      <c r="G187">
+        <v>2</v>
+      </c>
+      <c r="H187">
+        <v>0</v>
+      </c>
+      <c r="I187">
+        <v>2</v>
+      </c>
+      <c r="J187">
+        <v>0</v>
+      </c>
+      <c r="K187">
+        <v>1</v>
+      </c>
+      <c r="L187">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A188" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B188" t="s">
+        <v>19</v>
+      </c>
+      <c r="C188" t="s">
+        <v>371</v>
+      </c>
+      <c r="D188">
+        <v>100</v>
+      </c>
+      <c r="E188">
+        <v>2</v>
+      </c>
+      <c r="F188">
+        <v>1</v>
+      </c>
+      <c r="G188">
+        <v>0</v>
+      </c>
+      <c r="H188">
+        <v>0</v>
+      </c>
+      <c r="I188">
+        <v>6</v>
+      </c>
+      <c r="J188">
+        <v>0</v>
+      </c>
+      <c r="K188">
+        <v>6</v>
+      </c>
+      <c r="L188">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A189" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="B189" t="s">
+        <v>19</v>
+      </c>
+      <c r="C189" t="s">
+        <v>373</v>
+      </c>
+      <c r="D189">
+        <v>100</v>
+      </c>
+      <c r="E189">
+        <v>0</v>
+      </c>
+      <c r="F189">
+        <v>0</v>
+      </c>
+      <c r="G189">
+        <v>0</v>
+      </c>
+      <c r="H189">
+        <v>0</v>
+      </c>
+      <c r="I189">
+        <v>2</v>
+      </c>
+      <c r="J189">
+        <v>3</v>
+      </c>
+      <c r="K189">
+        <v>3</v>
+      </c>
+      <c r="L189">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A190" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="B190" t="s">
+        <v>19</v>
+      </c>
+      <c r="C190" t="s">
+        <v>375</v>
+      </c>
+      <c r="D190">
+        <v>100</v>
+      </c>
+      <c r="E190">
+        <v>1</v>
+      </c>
+      <c r="F190">
+        <v>0</v>
+      </c>
+      <c r="G190">
+        <v>0</v>
+      </c>
+      <c r="H190">
+        <v>0</v>
+      </c>
+      <c r="I190">
+        <v>0</v>
+      </c>
+      <c r="J190">
+        <v>2</v>
+      </c>
+      <c r="K190">
+        <v>0</v>
+      </c>
+      <c r="L190">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A191" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="B191" t="s">
+        <v>19</v>
+      </c>
+      <c r="C191" t="s">
+        <v>377</v>
+      </c>
+      <c r="D191">
+        <v>100</v>
+      </c>
+      <c r="E191">
+        <v>1</v>
+      </c>
+      <c r="F191">
+        <v>0</v>
+      </c>
+      <c r="G191">
+        <v>0</v>
+      </c>
+      <c r="H191">
+        <v>0</v>
+      </c>
+      <c r="I191">
+        <v>13</v>
+      </c>
+      <c r="J191">
+        <v>0</v>
+      </c>
+      <c r="K191">
+        <v>3</v>
+      </c>
+      <c r="L191">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A192" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="B192" t="s">
+        <v>19</v>
+      </c>
+      <c r="C192" t="s">
+        <v>379</v>
+      </c>
+      <c r="D192">
+        <v>100</v>
+      </c>
+      <c r="E192">
+        <v>0</v>
+      </c>
+      <c r="F192">
+        <v>1</v>
+      </c>
+      <c r="G192">
+        <v>0</v>
+      </c>
+      <c r="H192">
+        <v>0</v>
+      </c>
+      <c r="I192">
+        <v>9</v>
+      </c>
+      <c r="J192">
+        <v>3</v>
+      </c>
+      <c r="K192">
+        <v>4</v>
+      </c>
+      <c r="L192">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A193" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="B193" t="s">
+        <v>19</v>
+      </c>
+      <c r="C193" t="s">
+        <v>381</v>
+      </c>
+      <c r="D193">
+        <v>100</v>
+      </c>
+      <c r="E193">
+        <v>0</v>
+      </c>
+      <c r="F193">
+        <v>0</v>
+      </c>
+      <c r="G193">
+        <v>0</v>
+      </c>
+      <c r="H193">
+        <v>0</v>
+      </c>
+      <c r="I193">
+        <v>5</v>
+      </c>
+      <c r="J193">
+        <v>3</v>
+      </c>
+      <c r="K193">
+        <v>1</v>
+      </c>
+      <c r="L193">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A194" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="B194" t="s">
+        <v>19</v>
+      </c>
+      <c r="C194" t="s">
+        <v>383</v>
+      </c>
+      <c r="D194">
+        <v>100</v>
+      </c>
+      <c r="E194">
+        <v>2</v>
+      </c>
+      <c r="F194">
+        <v>1</v>
+      </c>
+      <c r="G194">
+        <v>0</v>
+      </c>
+      <c r="H194">
+        <v>0</v>
+      </c>
+      <c r="I194">
+        <v>1</v>
+      </c>
+      <c r="J194">
+        <v>8</v>
+      </c>
+      <c r="K194">
+        <v>3</v>
+      </c>
+      <c r="L194">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A195" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="B195" t="s">
+        <v>19</v>
+      </c>
+      <c r="C195" t="s">
+        <v>385</v>
+      </c>
+      <c r="D195">
+        <v>100</v>
+      </c>
+      <c r="E195">
+        <v>0</v>
+      </c>
+      <c r="F195">
+        <v>0</v>
+      </c>
+      <c r="G195">
+        <v>0</v>
+      </c>
+      <c r="H195">
+        <v>0</v>
+      </c>
+      <c r="I195">
+        <v>7</v>
+      </c>
+      <c r="J195">
+        <v>3</v>
+      </c>
+      <c r="K195">
+        <v>1</v>
+      </c>
+      <c r="L195">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A196" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="B196" t="s">
+        <v>19</v>
+      </c>
+      <c r="C196" t="s">
+        <v>387</v>
+      </c>
+      <c r="D196">
+        <v>100</v>
+      </c>
+      <c r="E196">
+        <v>0</v>
+      </c>
+      <c r="F196">
+        <v>0</v>
+      </c>
+      <c r="G196">
+        <v>0</v>
+      </c>
+      <c r="H196">
+        <v>0</v>
+      </c>
+      <c r="I196">
+        <v>3</v>
+      </c>
+      <c r="J196">
+        <v>0</v>
+      </c>
+      <c r="K196">
+        <v>0</v>
+      </c>
+      <c r="L196">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A197" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="B197" t="s">
+        <v>19</v>
+      </c>
+      <c r="C197" t="s">
+        <v>389</v>
+      </c>
+      <c r="D197">
+        <v>100</v>
+      </c>
+      <c r="E197">
+        <v>1</v>
+      </c>
+      <c r="F197">
+        <v>0</v>
+      </c>
+      <c r="G197">
+        <v>0</v>
+      </c>
+      <c r="H197">
+        <v>0</v>
+      </c>
+      <c r="I197">
+        <v>0</v>
+      </c>
+      <c r="J197">
+        <v>6</v>
+      </c>
+      <c r="K197">
+        <v>0</v>
+      </c>
+      <c r="L197">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A198" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="B198" t="s">
+        <v>19</v>
+      </c>
+      <c r="C198" t="s">
+        <v>391</v>
+      </c>
+      <c r="D198">
+        <v>100</v>
+      </c>
+      <c r="E198">
+        <v>1</v>
+      </c>
+      <c r="F198">
+        <v>0</v>
+      </c>
+      <c r="G198">
+        <v>0</v>
+      </c>
+      <c r="H198">
+        <v>0</v>
+      </c>
+      <c r="I198">
+        <v>4</v>
+      </c>
+      <c r="J198">
+        <v>3</v>
+      </c>
+      <c r="K198">
+        <v>2</v>
+      </c>
+      <c r="L198">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A199" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="B199" t="s">
+        <v>19</v>
+      </c>
+      <c r="C199" t="s">
+        <v>393</v>
+      </c>
+      <c r="D199">
+        <v>100</v>
+      </c>
+      <c r="E199">
+        <v>2</v>
+      </c>
+      <c r="F199">
+        <v>1</v>
+      </c>
+      <c r="G199">
+        <v>0</v>
+      </c>
+      <c r="H199">
+        <v>0</v>
+      </c>
+      <c r="I199">
+        <v>2</v>
+      </c>
+      <c r="J199">
+        <v>3</v>
+      </c>
+      <c r="K199">
+        <v>1</v>
+      </c>
+      <c r="L199">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A200" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="B200" t="s">
+        <v>36</v>
+      </c>
+      <c r="C200" t="s">
+        <v>395</v>
+      </c>
+      <c r="D200">
+        <v>100</v>
+      </c>
+      <c r="E200">
+        <v>0</v>
+      </c>
+      <c r="F200">
+        <v>0</v>
+      </c>
+      <c r="G200">
+        <v>0</v>
+      </c>
+      <c r="H200">
+        <v>0</v>
+      </c>
+      <c r="I200">
+        <v>2</v>
+      </c>
+      <c r="J200">
+        <v>3</v>
+      </c>
+      <c r="K200">
+        <v>20</v>
+      </c>
+      <c r="L200">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A201" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="B201" t="s">
+        <v>19</v>
+      </c>
+      <c r="C201" t="s">
+        <v>397</v>
+      </c>
+      <c r="D201">
+        <v>100</v>
+      </c>
+      <c r="E201">
+        <v>3</v>
+      </c>
+      <c r="F201">
+        <v>5</v>
+      </c>
+      <c r="G201">
+        <v>5</v>
+      </c>
+      <c r="H201">
+        <v>0</v>
+      </c>
+      <c r="I201">
+        <v>6</v>
+      </c>
+      <c r="J201">
+        <v>1</v>
+      </c>
+      <c r="K201">
+        <v>3</v>
+      </c>
+      <c r="L201">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A202" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="B202" t="s">
+        <v>19</v>
+      </c>
+      <c r="C202" t="s">
+        <v>399</v>
+      </c>
+      <c r="D202">
+        <v>100</v>
+      </c>
+      <c r="E202">
+        <v>9</v>
+      </c>
+      <c r="F202">
+        <v>3</v>
+      </c>
+      <c r="G202">
+        <v>4</v>
+      </c>
+      <c r="H202">
+        <v>0</v>
+      </c>
+      <c r="I202">
+        <v>9</v>
+      </c>
+      <c r="J202">
+        <v>18</v>
+      </c>
+      <c r="K202">
+        <v>18</v>
+      </c>
+      <c r="L202">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A203" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="B203" t="s">
+        <v>19</v>
+      </c>
+      <c r="C203" t="s">
+        <v>401</v>
+      </c>
+      <c r="D203">
+        <v>100</v>
+      </c>
+      <c r="E203">
+        <v>2</v>
+      </c>
+      <c r="F203">
+        <v>3</v>
+      </c>
+      <c r="G203">
+        <v>10</v>
+      </c>
+      <c r="H203">
+        <v>0</v>
+      </c>
+      <c r="I203">
+        <v>4</v>
+      </c>
+      <c r="J203">
+        <v>7</v>
+      </c>
+      <c r="K203">
+        <v>7</v>
+      </c>
+      <c r="L203">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A204" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="B204" t="s">
+        <v>19</v>
+      </c>
+      <c r="C204" t="s">
+        <v>403</v>
+      </c>
+      <c r="D204">
+        <v>100</v>
+      </c>
+      <c r="E204">
+        <v>3</v>
+      </c>
+      <c r="F204">
+        <v>3</v>
+      </c>
+      <c r="G204">
+        <v>0</v>
+      </c>
+      <c r="H204">
+        <v>0</v>
+      </c>
+      <c r="I204">
+        <v>1</v>
+      </c>
+      <c r="J204">
+        <v>2</v>
+      </c>
+      <c r="K204">
+        <v>11</v>
+      </c>
+      <c r="L204">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A205" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="B205" t="s">
+        <v>19</v>
+      </c>
+      <c r="C205" t="s">
+        <v>405</v>
+      </c>
+      <c r="D205">
+        <v>100</v>
+      </c>
+      <c r="E205">
+        <v>0</v>
+      </c>
+      <c r="F205">
+        <v>0</v>
+      </c>
+      <c r="G205">
+        <v>0</v>
+      </c>
+      <c r="H205">
+        <v>0</v>
+      </c>
+      <c r="I205">
+        <v>0</v>
+      </c>
+      <c r="J205">
+        <v>1</v>
+      </c>
+      <c r="K205">
+        <v>2</v>
+      </c>
+      <c r="L205">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A206" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="B206" t="s">
+        <v>19</v>
+      </c>
+      <c r="C206" t="s">
+        <v>407</v>
+      </c>
+      <c r="D206">
+        <v>100</v>
+      </c>
+      <c r="E206">
+        <v>0</v>
+      </c>
+      <c r="F206">
+        <v>0</v>
+      </c>
+      <c r="G206">
+        <v>0</v>
+      </c>
+      <c r="H206">
+        <v>0</v>
+      </c>
+      <c r="I206">
+        <v>0</v>
+      </c>
+      <c r="J206">
+        <v>0</v>
+      </c>
+      <c r="K206">
+        <v>27</v>
+      </c>
+      <c r="L206">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A207" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="B207" t="s">
+        <v>19</v>
+      </c>
+      <c r="C207" t="s">
+        <v>409</v>
+      </c>
+      <c r="D207">
+        <v>100</v>
+      </c>
+      <c r="E207">
+        <v>0</v>
+      </c>
+      <c r="F207">
+        <v>0</v>
+      </c>
+      <c r="G207">
+        <v>0</v>
+      </c>
+      <c r="H207">
+        <v>0</v>
+      </c>
+      <c r="I207">
+        <v>29</v>
+      </c>
+      <c r="J207">
+        <v>0</v>
+      </c>
+      <c r="K207">
+        <v>0</v>
+      </c>
+      <c r="L207">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A208" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="B208" t="s">
+        <v>19</v>
+      </c>
+      <c r="C208" t="s">
+        <v>411</v>
+      </c>
+      <c r="D208">
+        <v>100</v>
+      </c>
+      <c r="E208">
+        <v>0</v>
+      </c>
+      <c r="F208">
+        <v>0</v>
+      </c>
+      <c r="G208">
+        <v>0</v>
+      </c>
+      <c r="H208">
+        <v>0</v>
+      </c>
+      <c r="I208">
+        <v>0</v>
+      </c>
+      <c r="J208">
+        <v>1</v>
+      </c>
+      <c r="K208">
+        <v>3</v>
+      </c>
+      <c r="L208">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A209" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="B209" t="s">
+        <v>36</v>
+      </c>
+      <c r="C209" t="s">
+        <v>413</v>
+      </c>
+      <c r="D209">
+        <v>100</v>
+      </c>
+      <c r="E209">
+        <v>1</v>
+      </c>
+      <c r="F209">
+        <v>1</v>
+      </c>
+      <c r="G209">
+        <v>0</v>
+      </c>
+      <c r="H209">
+        <v>0</v>
+      </c>
+      <c r="I209">
+        <v>3</v>
+      </c>
+      <c r="J209">
+        <v>0</v>
+      </c>
+      <c r="K209">
+        <v>4</v>
+      </c>
+      <c r="L209">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A210" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="B210" t="s">
+        <v>36</v>
+      </c>
+      <c r="C210" t="s">
+        <v>415</v>
+      </c>
+      <c r="D210">
+        <v>100</v>
+      </c>
+      <c r="E210">
+        <v>0</v>
+      </c>
+      <c r="F210">
+        <v>0</v>
+      </c>
+      <c r="G210">
+        <v>0</v>
+      </c>
+      <c r="H210">
+        <v>0</v>
+      </c>
+      <c r="I210">
+        <v>2</v>
+      </c>
+      <c r="J210">
+        <v>0</v>
+      </c>
+      <c r="K210">
+        <v>0</v>
+      </c>
+      <c r="L210">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A211" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="B211" t="s">
+        <v>43</v>
+      </c>
+      <c r="C211" t="s">
+        <v>417</v>
+      </c>
+      <c r="D211">
+        <v>100</v>
+      </c>
+      <c r="E211">
+        <v>0</v>
+      </c>
+      <c r="F211">
+        <v>0</v>
+      </c>
+      <c r="G211">
+        <v>0</v>
+      </c>
+      <c r="H211">
+        <v>0</v>
+      </c>
+      <c r="I211">
+        <v>0</v>
+      </c>
+      <c r="J211">
+        <v>2</v>
+      </c>
+      <c r="K211">
+        <v>16</v>
+      </c>
+      <c r="L211">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A212" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="B212" t="s">
+        <v>43</v>
+      </c>
+      <c r="C212" t="s">
+        <v>419</v>
+      </c>
+      <c r="D212">
+        <v>100</v>
+      </c>
+      <c r="E212">
+        <v>2</v>
+      </c>
+      <c r="F212">
+        <v>3</v>
+      </c>
+      <c r="G212">
+        <v>1</v>
+      </c>
+      <c r="H212">
+        <v>0</v>
+      </c>
+      <c r="I212">
+        <v>0</v>
+      </c>
+      <c r="J212">
+        <v>0</v>
+      </c>
+      <c r="K212">
+        <v>0</v>
+      </c>
+      <c r="L212">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A213" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="B213" t="s">
+        <v>19</v>
+      </c>
+      <c r="C213" t="s">
+        <v>421</v>
+      </c>
+      <c r="D213">
+        <v>100</v>
+      </c>
+      <c r="E213">
+        <v>2</v>
+      </c>
+      <c r="F213">
+        <v>2</v>
+      </c>
+      <c r="G213">
+        <v>2</v>
+      </c>
+      <c r="H213">
+        <v>0</v>
+      </c>
+      <c r="I213">
+        <v>0</v>
+      </c>
+      <c r="J213">
+        <v>0</v>
+      </c>
+      <c r="K213">
+        <v>0</v>
+      </c>
+      <c r="L213">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A214" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="B214" t="s">
+        <v>43</v>
+      </c>
+      <c r="C214" t="s">
+        <v>423</v>
+      </c>
+      <c r="D214">
+        <v>100</v>
+      </c>
+      <c r="E214">
+        <v>1</v>
+      </c>
+      <c r="F214">
+        <v>0</v>
+      </c>
+      <c r="G214">
+        <v>1</v>
+      </c>
+      <c r="H214">
+        <v>0</v>
+      </c>
+      <c r="I214">
+        <v>0</v>
+      </c>
+      <c r="J214">
+        <v>1</v>
+      </c>
+      <c r="K214">
+        <v>0</v>
+      </c>
+      <c r="L214">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A215" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="B215" t="s">
+        <v>19</v>
+      </c>
+      <c r="C215" t="s">
+        <v>425</v>
+      </c>
+      <c r="D215">
+        <v>100</v>
+      </c>
+      <c r="E215">
+        <v>0</v>
+      </c>
+      <c r="F215">
+        <v>0</v>
+      </c>
+      <c r="G215">
+        <v>0</v>
+      </c>
+      <c r="H215">
+        <v>0</v>
+      </c>
+      <c r="I215">
+        <v>1</v>
+      </c>
+      <c r="J215">
+        <v>9</v>
+      </c>
+      <c r="K215">
+        <v>0</v>
+      </c>
+      <c r="L215">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A216" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="B216" t="s">
+        <v>19</v>
+      </c>
+      <c r="C216" t="s">
+        <v>427</v>
+      </c>
+      <c r="D216">
+        <v>100</v>
+      </c>
+      <c r="E216">
+        <v>0</v>
+      </c>
+      <c r="F216">
+        <v>1</v>
+      </c>
+      <c r="G216">
+        <v>1</v>
+      </c>
+      <c r="H216">
+        <v>0</v>
+      </c>
+      <c r="I216">
+        <v>1</v>
+      </c>
+      <c r="J216">
+        <v>8</v>
+      </c>
+      <c r="K216">
+        <v>3</v>
+      </c>
+      <c r="L216">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A217" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="B217" t="s">
+        <v>19</v>
+      </c>
+      <c r="C217" t="s">
+        <v>429</v>
+      </c>
+      <c r="D217">
+        <v>100</v>
+      </c>
+      <c r="E217">
+        <v>0</v>
+      </c>
+      <c r="F217">
+        <v>0</v>
+      </c>
+      <c r="G217">
+        <v>2</v>
+      </c>
+      <c r="H217">
+        <v>0</v>
+      </c>
+      <c r="I217">
+        <v>1</v>
+      </c>
+      <c r="J217">
+        <v>5</v>
+      </c>
+      <c r="K217">
+        <v>1</v>
+      </c>
+      <c r="L217">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A218" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="B218" t="s">
+        <v>19</v>
+      </c>
+      <c r="C218" t="s">
+        <v>431</v>
+      </c>
+      <c r="D218">
+        <v>100</v>
+      </c>
+      <c r="E218">
+        <v>1</v>
+      </c>
+      <c r="F218">
+        <v>1</v>
+      </c>
+      <c r="G218">
+        <v>0</v>
+      </c>
+      <c r="H218">
+        <v>0</v>
+      </c>
+      <c r="I218">
+        <v>1</v>
+      </c>
+      <c r="J218">
+        <v>4</v>
+      </c>
+      <c r="K218">
+        <v>13</v>
+      </c>
+      <c r="L218">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A219" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="B219" t="s">
+        <v>19</v>
+      </c>
+      <c r="C219" t="s">
+        <v>433</v>
+      </c>
+      <c r="D219">
+        <v>100</v>
+      </c>
+      <c r="E219">
+        <v>2</v>
+      </c>
+      <c r="F219">
+        <v>1</v>
+      </c>
+      <c r="G219">
+        <v>0</v>
+      </c>
+      <c r="H219">
+        <v>0</v>
+      </c>
+      <c r="I219">
+        <v>1</v>
+      </c>
+      <c r="J219">
+        <v>7</v>
+      </c>
+      <c r="K219">
+        <v>4</v>
+      </c>
+      <c r="L219">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A220" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="B220" t="s">
+        <v>19</v>
+      </c>
+      <c r="C220" t="s">
+        <v>435</v>
+      </c>
+      <c r="D220">
+        <v>100</v>
+      </c>
+      <c r="E220">
+        <v>2</v>
+      </c>
+      <c r="F220">
+        <v>0</v>
+      </c>
+      <c r="G220">
+        <v>0</v>
+      </c>
+      <c r="H220">
+        <v>0</v>
+      </c>
+      <c r="I220">
+        <v>1</v>
+      </c>
+      <c r="J220">
+        <v>9</v>
+      </c>
+      <c r="K220">
+        <v>0</v>
+      </c>
+      <c r="L220">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A221" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="B221" t="s">
+        <v>19</v>
+      </c>
+      <c r="C221" t="s">
+        <v>437</v>
+      </c>
+      <c r="D221">
+        <v>100</v>
+      </c>
+      <c r="E221">
+        <v>0</v>
+      </c>
+      <c r="F221">
+        <v>0</v>
+      </c>
+      <c r="G221">
+        <v>0</v>
+      </c>
+      <c r="H221">
+        <v>0</v>
+      </c>
+      <c r="I221">
+        <v>8</v>
+      </c>
+      <c r="J221">
+        <v>4</v>
+      </c>
+      <c r="K221">
+        <v>8</v>
+      </c>
+      <c r="L221">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A222" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="B222" t="s">
+        <v>36</v>
+      </c>
+      <c r="C222" t="s">
+        <v>439</v>
+      </c>
+      <c r="D222">
+        <v>100</v>
+      </c>
+      <c r="E222">
+        <v>0</v>
+      </c>
+      <c r="F222">
+        <v>0</v>
+      </c>
+      <c r="G222">
+        <v>0</v>
+      </c>
+      <c r="H222">
+        <v>0</v>
+      </c>
+      <c r="I222">
+        <v>13</v>
+      </c>
+      <c r="J222">
+        <v>18</v>
+      </c>
+      <c r="K222">
+        <v>14</v>
+      </c>
+      <c r="L222">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A223" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="B223" t="s">
+        <v>19</v>
+      </c>
+      <c r="C223" t="s">
+        <v>441</v>
+      </c>
+      <c r="D223">
+        <v>100</v>
+      </c>
+      <c r="E223">
+        <v>1</v>
+      </c>
+      <c r="F223">
+        <v>1</v>
+      </c>
+      <c r="G223">
+        <v>1</v>
+      </c>
+      <c r="H223">
+        <v>0</v>
+      </c>
+      <c r="I223">
+        <v>0</v>
+      </c>
+      <c r="J223">
+        <v>6</v>
+      </c>
+      <c r="K223">
+        <v>1</v>
+      </c>
+      <c r="L223">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A224" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="B224" t="s">
+        <v>19</v>
+      </c>
+      <c r="C224" t="s">
+        <v>443</v>
+      </c>
+      <c r="D224">
+        <v>100</v>
+      </c>
+      <c r="E224">
+        <v>2</v>
+      </c>
+      <c r="F224">
+        <v>0</v>
+      </c>
+      <c r="G224">
+        <v>0</v>
+      </c>
+      <c r="H224">
+        <v>0</v>
+      </c>
+      <c r="I224">
+        <v>7</v>
+      </c>
+      <c r="J224">
+        <v>6</v>
+      </c>
+      <c r="K224">
+        <v>2</v>
+      </c>
+      <c r="L224">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A225" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="B225" t="s">
+        <v>19</v>
+      </c>
+      <c r="C225" t="s">
+        <v>445</v>
+      </c>
+      <c r="D225">
+        <v>100</v>
+      </c>
+      <c r="E225">
+        <v>1</v>
+      </c>
+      <c r="F225">
+        <v>1</v>
+      </c>
+      <c r="G225">
+        <v>0</v>
+      </c>
+      <c r="H225">
+        <v>0</v>
+      </c>
+      <c r="I225">
+        <v>9</v>
+      </c>
+      <c r="J225">
+        <v>7</v>
+      </c>
+      <c r="K225">
+        <v>4</v>
+      </c>
+      <c r="L225">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A226" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="B226" t="s">
+        <v>19</v>
+      </c>
+      <c r="C226" t="s">
+        <v>447</v>
+      </c>
+      <c r="D226">
+        <v>100</v>
+      </c>
+      <c r="E226">
+        <v>1</v>
+      </c>
+      <c r="F226">
+        <v>0</v>
+      </c>
+      <c r="G226">
+        <v>0</v>
+      </c>
+      <c r="H226">
+        <v>0</v>
+      </c>
+      <c r="I226">
+        <v>4</v>
+      </c>
+      <c r="J226">
+        <v>3</v>
+      </c>
+      <c r="K226">
+        <v>1</v>
+      </c>
+      <c r="L226">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A227" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="B227" t="s">
+        <v>19</v>
+      </c>
+      <c r="C227" t="s">
+        <v>449</v>
+      </c>
+      <c r="D227">
+        <v>100</v>
+      </c>
+      <c r="E227">
+        <v>0</v>
+      </c>
+      <c r="F227">
+        <v>0</v>
+      </c>
+      <c r="G227">
+        <v>0</v>
+      </c>
+      <c r="H227">
+        <v>0</v>
+      </c>
+      <c r="I227">
+        <v>0</v>
+      </c>
+      <c r="J227">
+        <v>5</v>
+      </c>
+      <c r="K227">
+        <v>3</v>
+      </c>
+      <c r="L227">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A228" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="B228" t="s">
+        <v>19</v>
+      </c>
+      <c r="C228" t="s">
+        <v>451</v>
+      </c>
+      <c r="D228">
+        <v>100</v>
+      </c>
+      <c r="E228">
+        <v>0</v>
+      </c>
+      <c r="F228">
+        <v>0</v>
+      </c>
+      <c r="G228">
+        <v>1</v>
+      </c>
+      <c r="H228">
+        <v>0</v>
+      </c>
+      <c r="I228">
+        <v>4</v>
+      </c>
+      <c r="J228">
+        <v>4</v>
+      </c>
+      <c r="K228">
+        <v>1</v>
+      </c>
+      <c r="L228">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A229" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="B229" t="s">
+        <v>19</v>
+      </c>
+      <c r="C229" t="s">
+        <v>453</v>
+      </c>
+      <c r="D229">
+        <v>100</v>
+      </c>
+      <c r="E229">
+        <v>0</v>
+      </c>
+      <c r="F229">
+        <v>0</v>
+      </c>
+      <c r="G229">
+        <v>0</v>
+      </c>
+      <c r="H229">
+        <v>0</v>
+      </c>
+      <c r="I229">
+        <v>6</v>
+      </c>
+      <c r="J229">
+        <v>4</v>
+      </c>
+      <c r="K229">
+        <v>3</v>
+      </c>
+      <c r="L229">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A230" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="B230" t="s">
+        <v>19</v>
+      </c>
+      <c r="C230" t="s">
+        <v>455</v>
+      </c>
+      <c r="D230">
+        <v>100</v>
+      </c>
+      <c r="E230">
+        <v>0</v>
+      </c>
+      <c r="F230">
+        <v>2</v>
+      </c>
+      <c r="G230">
+        <v>3</v>
+      </c>
+      <c r="H230">
+        <v>0</v>
+      </c>
+      <c r="I230">
+        <v>13</v>
+      </c>
+      <c r="J230">
         <v>15</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" s="7" t="s">
+      <c r="K230">
+        <v>23</v>
+      </c>
+      <c r="L230">
         <v>5</v>
       </c>
-      <c r="D7" s="8" t="s">
+    </row>
+    <row r="231" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A231" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="B231" t="s">
+        <v>19</v>
+      </c>
+      <c r="C231" t="s">
+        <v>457</v>
+      </c>
+      <c r="D231">
+        <v>100</v>
+      </c>
+      <c r="E231">
+        <v>0</v>
+      </c>
+      <c r="F231">
+        <v>0</v>
+      </c>
+      <c r="G231">
+        <v>0</v>
+      </c>
+      <c r="H231">
+        <v>0</v>
+      </c>
+      <c r="I231">
+        <v>0</v>
+      </c>
+      <c r="J231">
+        <v>9</v>
+      </c>
+      <c r="K231">
+        <v>0</v>
+      </c>
+      <c r="L231">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A232" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="B232" t="s">
+        <v>19</v>
+      </c>
+      <c r="C232" t="s">
+        <v>459</v>
+      </c>
+      <c r="D232">
+        <v>100</v>
+      </c>
+      <c r="E232">
+        <v>0</v>
+      </c>
+      <c r="F232">
+        <v>0</v>
+      </c>
+      <c r="G232">
+        <v>2</v>
+      </c>
+      <c r="H232">
+        <v>0</v>
+      </c>
+      <c r="I232">
+        <v>10</v>
+      </c>
+      <c r="J232">
+        <v>9</v>
+      </c>
+      <c r="K232">
+        <v>11</v>
+      </c>
+      <c r="L232">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A233" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="B233" t="s">
+        <v>19</v>
+      </c>
+      <c r="C233" t="s">
+        <v>461</v>
+      </c>
+      <c r="D233">
+        <v>100</v>
+      </c>
+      <c r="E233">
+        <v>1</v>
+      </c>
+      <c r="F233">
+        <v>0</v>
+      </c>
+      <c r="G233">
+        <v>0</v>
+      </c>
+      <c r="H233">
+        <v>0</v>
+      </c>
+      <c r="I233">
+        <v>10</v>
+      </c>
+      <c r="J233">
+        <v>11</v>
+      </c>
+      <c r="K233">
+        <v>6</v>
+      </c>
+      <c r="L233">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A234" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="B234" t="s">
+        <v>19</v>
+      </c>
+      <c r="C234" t="s">
+        <v>463</v>
+      </c>
+      <c r="D234">
+        <v>100</v>
+      </c>
+      <c r="E234">
+        <v>0</v>
+      </c>
+      <c r="F234">
+        <v>1</v>
+      </c>
+      <c r="G234">
+        <v>0</v>
+      </c>
+      <c r="H234">
+        <v>0</v>
+      </c>
+      <c r="I234">
+        <v>26</v>
+      </c>
+      <c r="J234">
+        <v>0</v>
+      </c>
+      <c r="K234">
+        <v>13</v>
+      </c>
+      <c r="L234">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A235" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="B235" t="s">
+        <v>19</v>
+      </c>
+      <c r="C235" t="s">
+        <v>465</v>
+      </c>
+      <c r="D235">
+        <v>100</v>
+      </c>
+      <c r="E235">
+        <v>0</v>
+      </c>
+      <c r="F235">
+        <v>0</v>
+      </c>
+      <c r="G235">
+        <v>1</v>
+      </c>
+      <c r="H235">
+        <v>0</v>
+      </c>
+      <c r="I235">
+        <v>0</v>
+      </c>
+      <c r="J235">
+        <v>11</v>
+      </c>
+      <c r="K235">
+        <v>11</v>
+      </c>
+      <c r="L235">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A236" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="B236" t="s">
+        <v>19</v>
+      </c>
+      <c r="C236" t="s">
+        <v>467</v>
+      </c>
+      <c r="D236">
+        <v>100</v>
+      </c>
+      <c r="E236">
+        <v>1</v>
+      </c>
+      <c r="F236">
+        <v>1</v>
+      </c>
+      <c r="G236">
+        <v>2</v>
+      </c>
+      <c r="H236">
+        <v>0</v>
+      </c>
+      <c r="I236">
+        <v>32</v>
+      </c>
+      <c r="J236">
+        <v>13</v>
+      </c>
+      <c r="K236">
+        <v>34</v>
+      </c>
+      <c r="L236">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A237" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="B237" t="s">
+        <v>19</v>
+      </c>
+      <c r="C237" t="s">
+        <v>469</v>
+      </c>
+      <c r="D237">
+        <v>100</v>
+      </c>
+      <c r="E237">
+        <v>1</v>
+      </c>
+      <c r="F237">
+        <v>1</v>
+      </c>
+      <c r="G237">
+        <v>0</v>
+      </c>
+      <c r="H237">
+        <v>0</v>
+      </c>
+      <c r="I237">
+        <v>11</v>
+      </c>
+      <c r="J237">
+        <v>13</v>
+      </c>
+      <c r="K237">
         <v>16</v>
       </c>
-      <c r="E7" s="9" t="s">
+      <c r="L237">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A238" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="B238" t="s">
+        <v>19</v>
+      </c>
+      <c r="C238" t="s">
+        <v>471</v>
+      </c>
+      <c r="D238">
+        <v>100</v>
+      </c>
+      <c r="E238">
+        <v>0</v>
+      </c>
+      <c r="F238">
+        <v>0</v>
+      </c>
+      <c r="G238">
+        <v>0</v>
+      </c>
+      <c r="H238">
+        <v>0</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
+      </c>
+      <c r="J238">
+        <v>0</v>
+      </c>
+      <c r="K238">
+        <v>0</v>
+      </c>
+      <c r="L238">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A239" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="B239" t="s">
+        <v>19</v>
+      </c>
+      <c r="C239" t="s">
+        <v>473</v>
+      </c>
+      <c r="D239">
+        <v>100</v>
+      </c>
+      <c r="E239">
+        <v>0</v>
+      </c>
+      <c r="F239">
+        <v>1</v>
+      </c>
+      <c r="G239">
+        <v>3</v>
+      </c>
+      <c r="H239">
+        <v>0</v>
+      </c>
+      <c r="I239">
+        <v>13</v>
+      </c>
+      <c r="J239">
+        <v>18</v>
+      </c>
+      <c r="K239">
+        <v>14</v>
+      </c>
+      <c r="L239">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A240" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="B240" t="s">
+        <v>19</v>
+      </c>
+      <c r="C240" t="s">
+        <v>475</v>
+      </c>
+      <c r="D240">
+        <v>100</v>
+      </c>
+      <c r="E240">
+        <v>0</v>
+      </c>
+      <c r="F240">
+        <v>11</v>
+      </c>
+      <c r="G240">
+        <v>2</v>
+      </c>
+      <c r="H240">
+        <v>0</v>
+      </c>
+      <c r="I240">
+        <v>35</v>
+      </c>
+      <c r="J240">
+        <v>10</v>
+      </c>
+      <c r="K240">
+        <v>67</v>
+      </c>
+      <c r="L240">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A241" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="B241" t="s">
+        <v>19</v>
+      </c>
+      <c r="C241" t="s">
+        <v>477</v>
+      </c>
+      <c r="D241">
+        <v>100</v>
+      </c>
+      <c r="E241">
+        <v>0</v>
+      </c>
+      <c r="F241">
+        <v>0</v>
+      </c>
+      <c r="G241">
+        <v>0</v>
+      </c>
+      <c r="H241">
+        <v>0</v>
+      </c>
+      <c r="I241">
+        <v>22</v>
+      </c>
+      <c r="J241">
+        <v>24</v>
+      </c>
+      <c r="K241">
+        <v>0</v>
+      </c>
+      <c r="L241">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A242" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="B242" t="s">
+        <v>19</v>
+      </c>
+      <c r="C242" t="s">
+        <v>479</v>
+      </c>
+      <c r="D242">
+        <v>100</v>
+      </c>
+      <c r="E242">
+        <v>1</v>
+      </c>
+      <c r="F242">
+        <v>3</v>
+      </c>
+      <c r="G242">
+        <v>0</v>
+      </c>
+      <c r="H242">
+        <v>0</v>
+      </c>
+      <c r="I242">
+        <v>49</v>
+      </c>
+      <c r="J242">
+        <v>25</v>
+      </c>
+      <c r="K242">
+        <v>20</v>
+      </c>
+      <c r="L242">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A243" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B243" t="s">
+        <v>19</v>
+      </c>
+      <c r="C243" t="s">
+        <v>481</v>
+      </c>
+      <c r="D243">
+        <v>100</v>
+      </c>
+      <c r="E243">
+        <v>0</v>
+      </c>
+      <c r="F243">
+        <v>0</v>
+      </c>
+      <c r="G243">
+        <v>2</v>
+      </c>
+      <c r="H243">
+        <v>0</v>
+      </c>
+      <c r="I243">
+        <v>2</v>
+      </c>
+      <c r="J243">
+        <v>1</v>
+      </c>
+      <c r="K243">
+        <v>0</v>
+      </c>
+      <c r="L243">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A244" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="B244" t="s">
+        <v>19</v>
+      </c>
+      <c r="C244" t="s">
+        <v>483</v>
+      </c>
+      <c r="D244">
+        <v>100</v>
+      </c>
+      <c r="E244">
+        <v>0</v>
+      </c>
+      <c r="F244">
+        <v>6</v>
+      </c>
+      <c r="G244">
+        <v>0</v>
+      </c>
+      <c r="H244">
+        <v>0</v>
+      </c>
+      <c r="I244">
+        <v>4</v>
+      </c>
+      <c r="J244">
+        <v>19</v>
+      </c>
+      <c r="K244">
+        <v>4</v>
+      </c>
+      <c r="L244">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A245" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="B245" t="s">
+        <v>19</v>
+      </c>
+      <c r="C245" t="s">
+        <v>485</v>
+      </c>
+      <c r="D245">
+        <v>100</v>
+      </c>
+      <c r="E245">
+        <v>1</v>
+      </c>
+      <c r="F245">
+        <v>1</v>
+      </c>
+      <c r="G245">
+        <v>2</v>
+      </c>
+      <c r="H245">
+        <v>0</v>
+      </c>
+      <c r="I245">
+        <v>63</v>
+      </c>
+      <c r="J245">
+        <v>1</v>
+      </c>
+      <c r="K245">
+        <v>13</v>
+      </c>
+      <c r="L245">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A246" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="B246" t="s">
+        <v>19</v>
+      </c>
+      <c r="C246" t="s">
+        <v>487</v>
+      </c>
+      <c r="D246">
+        <v>100</v>
+      </c>
+      <c r="E246">
+        <v>0</v>
+      </c>
+      <c r="F246">
+        <v>2</v>
+      </c>
+      <c r="G246">
+        <v>4</v>
+      </c>
+      <c r="H246">
+        <v>0</v>
+      </c>
+      <c r="I246">
+        <v>19</v>
+      </c>
+      <c r="J246">
+        <v>19</v>
+      </c>
+      <c r="K246">
+        <v>18</v>
+      </c>
+      <c r="L246">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A247" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="B247" t="s">
+        <v>19</v>
+      </c>
+      <c r="C247" t="s">
+        <v>489</v>
+      </c>
+      <c r="D247">
+        <v>100</v>
+      </c>
+      <c r="E247">
+        <v>0</v>
+      </c>
+      <c r="F247">
+        <v>2</v>
+      </c>
+      <c r="G247">
+        <v>0</v>
+      </c>
+      <c r="H247">
+        <v>0</v>
+      </c>
+      <c r="I247">
+        <v>27</v>
+      </c>
+      <c r="J247">
+        <v>11</v>
+      </c>
+      <c r="K247">
+        <v>22</v>
+      </c>
+      <c r="L247">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A248" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B248" t="s">
+        <v>19</v>
+      </c>
+      <c r="C248" t="s">
+        <v>491</v>
+      </c>
+      <c r="D248">
+        <v>100</v>
+      </c>
+      <c r="E248">
+        <v>0</v>
+      </c>
+      <c r="F248">
+        <v>1</v>
+      </c>
+      <c r="G248">
+        <v>0</v>
+      </c>
+      <c r="H248">
+        <v>0</v>
+      </c>
+      <c r="I248">
+        <v>0</v>
+      </c>
+      <c r="J248">
+        <v>6</v>
+      </c>
+      <c r="K248">
+        <v>14</v>
+      </c>
+      <c r="L248">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A249" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="B249" t="s">
+        <v>19</v>
+      </c>
+      <c r="C249" t="s">
+        <v>493</v>
+      </c>
+      <c r="D249">
+        <v>100</v>
+      </c>
+      <c r="E249">
+        <v>1</v>
+      </c>
+      <c r="F249">
+        <v>0</v>
+      </c>
+      <c r="G249">
+        <v>0</v>
+      </c>
+      <c r="H249">
+        <v>0</v>
+      </c>
+      <c r="I249">
+        <v>9</v>
+      </c>
+      <c r="J249">
+        <v>7</v>
+      </c>
+      <c r="K249">
+        <v>13</v>
+      </c>
+      <c r="L249">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A250" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="B250" t="s">
+        <v>19</v>
+      </c>
+      <c r="C250" t="s">
+        <v>495</v>
+      </c>
+      <c r="D250">
+        <v>100</v>
+      </c>
+      <c r="E250">
+        <v>1</v>
+      </c>
+      <c r="F250">
+        <v>1</v>
+      </c>
+      <c r="G250">
+        <v>2</v>
+      </c>
+      <c r="H250">
+        <v>0</v>
+      </c>
+      <c r="I250">
+        <v>0</v>
+      </c>
+      <c r="J250">
+        <v>46</v>
+      </c>
+      <c r="K250">
+        <v>2</v>
+      </c>
+      <c r="L250">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A251" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="B251" t="s">
+        <v>19</v>
+      </c>
+      <c r="C251" t="s">
+        <v>497</v>
+      </c>
+      <c r="D251">
+        <v>100</v>
+      </c>
+      <c r="E251">
+        <v>0</v>
+      </c>
+      <c r="F251">
+        <v>1</v>
+      </c>
+      <c r="G251">
+        <v>0</v>
+      </c>
+      <c r="H251">
+        <v>0</v>
+      </c>
+      <c r="I251">
+        <v>0</v>
+      </c>
+      <c r="J251">
+        <v>6</v>
+      </c>
+      <c r="K251">
+        <v>5</v>
+      </c>
+      <c r="L251">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A252" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="B252" t="s">
+        <v>19</v>
+      </c>
+      <c r="C252" t="s">
+        <v>499</v>
+      </c>
+      <c r="D252">
+        <v>100</v>
+      </c>
+      <c r="E252">
+        <v>1</v>
+      </c>
+      <c r="F252">
+        <v>1</v>
+      </c>
+      <c r="G252">
+        <v>0</v>
+      </c>
+      <c r="H252">
+        <v>0</v>
+      </c>
+      <c r="I252">
+        <v>1</v>
+      </c>
+      <c r="J252">
+        <v>3</v>
+      </c>
+      <c r="K252">
+        <v>5</v>
+      </c>
+      <c r="L252">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A253" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="B253" t="s">
+        <v>19</v>
+      </c>
+      <c r="C253" t="s">
+        <v>501</v>
+      </c>
+      <c r="D253">
+        <v>100</v>
+      </c>
+      <c r="E253">
+        <v>0</v>
+      </c>
+      <c r="F253">
+        <v>0</v>
+      </c>
+      <c r="G253">
+        <v>0</v>
+      </c>
+      <c r="H253">
+        <v>0</v>
+      </c>
+      <c r="I253">
+        <v>7</v>
+      </c>
+      <c r="J253">
+        <v>0</v>
+      </c>
+      <c r="K253">
+        <v>6</v>
+      </c>
+      <c r="L253">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A254" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="B254" t="s">
+        <v>19</v>
+      </c>
+      <c r="C254" t="s">
+        <v>503</v>
+      </c>
+      <c r="D254">
+        <v>100</v>
+      </c>
+      <c r="E254">
+        <v>0</v>
+      </c>
+      <c r="F254">
+        <v>0</v>
+      </c>
+      <c r="G254">
+        <v>0</v>
+      </c>
+      <c r="H254">
+        <v>0</v>
+      </c>
+      <c r="I254">
+        <v>44</v>
+      </c>
+      <c r="J254">
+        <v>0</v>
+      </c>
+      <c r="K254">
+        <v>0</v>
+      </c>
+      <c r="L254">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A255" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="B255" t="s">
+        <v>19</v>
+      </c>
+      <c r="C255" t="s">
+        <v>505</v>
+      </c>
+      <c r="D255">
+        <v>100</v>
+      </c>
+      <c r="E255">
+        <v>1</v>
+      </c>
+      <c r="F255">
+        <v>1</v>
+      </c>
+      <c r="G255">
+        <v>1</v>
+      </c>
+      <c r="H255">
+        <v>0</v>
+      </c>
+      <c r="I255">
+        <v>3</v>
+      </c>
+      <c r="J255">
+        <v>4</v>
+      </c>
+      <c r="K255">
+        <v>0</v>
+      </c>
+      <c r="L255">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A256" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="B256" t="s">
+        <v>19</v>
+      </c>
+      <c r="C256" t="s">
+        <v>507</v>
+      </c>
+      <c r="D256">
+        <v>100</v>
+      </c>
+      <c r="E256">
+        <v>0</v>
+      </c>
+      <c r="F256">
+        <v>1</v>
+      </c>
+      <c r="G256">
+        <v>0</v>
+      </c>
+      <c r="H256">
+        <v>0</v>
+      </c>
+      <c r="I256">
+        <v>8</v>
+      </c>
+      <c r="J256">
+        <v>14</v>
+      </c>
+      <c r="K256">
+        <v>8</v>
+      </c>
+      <c r="L256">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A257" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="B257" t="s">
+        <v>19</v>
+      </c>
+      <c r="C257" t="s">
+        <v>509</v>
+      </c>
+      <c r="D257">
+        <v>100</v>
+      </c>
+      <c r="E257">
+        <v>2</v>
+      </c>
+      <c r="F257">
+        <v>2</v>
+      </c>
+      <c r="G257">
+        <v>0</v>
+      </c>
+      <c r="H257">
+        <v>0</v>
+      </c>
+      <c r="I257">
+        <v>12</v>
+      </c>
+      <c r="J257">
+        <v>21</v>
+      </c>
+      <c r="K257">
+        <v>5</v>
+      </c>
+      <c r="L257">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A258" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="B258" t="s">
+        <v>19</v>
+      </c>
+      <c r="C258" t="s">
+        <v>511</v>
+      </c>
+      <c r="D258">
+        <v>100</v>
+      </c>
+      <c r="E258">
+        <v>0</v>
+      </c>
+      <c r="F258">
+        <v>1</v>
+      </c>
+      <c r="G258">
+        <v>0</v>
+      </c>
+      <c r="H258">
+        <v>0</v>
+      </c>
+      <c r="I258">
+        <v>16</v>
+      </c>
+      <c r="J258">
+        <v>0</v>
+      </c>
+      <c r="K258">
+        <v>16</v>
+      </c>
+      <c r="L258">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A259" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="B259" t="s">
+        <v>19</v>
+      </c>
+      <c r="C259" t="s">
+        <v>513</v>
+      </c>
+      <c r="D259">
+        <v>100</v>
+      </c>
+      <c r="E259">
+        <v>0</v>
+      </c>
+      <c r="F259">
+        <v>0</v>
+      </c>
+      <c r="G259">
+        <v>0</v>
+      </c>
+      <c r="H259">
+        <v>0</v>
+      </c>
+      <c r="I259">
+        <v>2</v>
+      </c>
+      <c r="J259">
+        <v>7</v>
+      </c>
+      <c r="K259">
+        <v>0</v>
+      </c>
+      <c r="L259">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A260" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="B260" t="s">
+        <v>19</v>
+      </c>
+      <c r="C260" t="s">
+        <v>515</v>
+      </c>
+      <c r="D260">
+        <v>100</v>
+      </c>
+      <c r="E260">
+        <v>0</v>
+      </c>
+      <c r="F260">
+        <v>1</v>
+      </c>
+      <c r="G260">
+        <v>0</v>
+      </c>
+      <c r="H260">
+        <v>0</v>
+      </c>
+      <c r="I260">
+        <v>0</v>
+      </c>
+      <c r="J260">
+        <v>3</v>
+      </c>
+      <c r="K260">
+        <v>6</v>
+      </c>
+      <c r="L260">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A261" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="B261" t="s">
+        <v>19</v>
+      </c>
+      <c r="C261" t="s">
+        <v>517</v>
+      </c>
+      <c r="D261">
+        <v>100</v>
+      </c>
+      <c r="E261">
+        <v>0</v>
+      </c>
+      <c r="F261">
+        <v>0</v>
+      </c>
+      <c r="G261">
+        <v>0</v>
+      </c>
+      <c r="H261">
+        <v>0</v>
+      </c>
+      <c r="I261">
+        <v>10</v>
+      </c>
+      <c r="J261">
+        <v>15</v>
+      </c>
+      <c r="K261">
+        <v>24</v>
+      </c>
+      <c r="L261">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A262" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="B262" t="s">
+        <v>19</v>
+      </c>
+      <c r="C262" t="s">
+        <v>519</v>
+      </c>
+      <c r="D262">
+        <v>100</v>
+      </c>
+      <c r="E262">
+        <v>2</v>
+      </c>
+      <c r="F262">
+        <v>1</v>
+      </c>
+      <c r="G262">
+        <v>0</v>
+      </c>
+      <c r="H262">
+        <v>0</v>
+      </c>
+      <c r="I262">
+        <v>4</v>
+      </c>
+      <c r="J262">
+        <v>0</v>
+      </c>
+      <c r="K262">
+        <v>1</v>
+      </c>
+      <c r="L262">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A263" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="B263" t="s">
+        <v>19</v>
+      </c>
+      <c r="C263" t="s">
+        <v>521</v>
+      </c>
+      <c r="D263">
+        <v>100</v>
+      </c>
+      <c r="E263">
+        <v>3</v>
+      </c>
+      <c r="F263">
+        <v>3</v>
+      </c>
+      <c r="G263">
+        <v>1</v>
+      </c>
+      <c r="H263">
+        <v>0</v>
+      </c>
+      <c r="I263">
         <v>17</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C8" s="7" t="s">
+      <c r="J263">
+        <v>0</v>
+      </c>
+      <c r="K263">
+        <v>13</v>
+      </c>
+      <c r="L263">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A264" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="B264" t="s">
+        <v>19</v>
+      </c>
+      <c r="C264" t="s">
+        <v>523</v>
+      </c>
+      <c r="D264">
+        <v>100</v>
+      </c>
+      <c r="E264">
+        <v>0</v>
+      </c>
+      <c r="F264">
+        <v>0</v>
+      </c>
+      <c r="G264">
+        <v>0</v>
+      </c>
+      <c r="H264">
+        <v>0</v>
+      </c>
+      <c r="I264">
+        <v>43</v>
+      </c>
+      <c r="J264">
+        <v>43</v>
+      </c>
+      <c r="K264">
+        <v>6</v>
+      </c>
+      <c r="L264">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A265" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="B265" t="s">
+        <v>19</v>
+      </c>
+      <c r="C265" t="s">
+        <v>525</v>
+      </c>
+      <c r="D265">
+        <v>100</v>
+      </c>
+      <c r="E265">
+        <v>0</v>
+      </c>
+      <c r="F265">
+        <v>3</v>
+      </c>
+      <c r="G265">
+        <v>3</v>
+      </c>
+      <c r="H265">
+        <v>0</v>
+      </c>
+      <c r="I265">
+        <v>4</v>
+      </c>
+      <c r="J265">
+        <v>0</v>
+      </c>
+      <c r="K265">
+        <v>14</v>
+      </c>
+      <c r="L265">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A266" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="B266" t="s">
+        <v>19</v>
+      </c>
+      <c r="C266" t="s">
+        <v>527</v>
+      </c>
+      <c r="D266">
+        <v>100</v>
+      </c>
+      <c r="E266">
+        <v>0</v>
+      </c>
+      <c r="F266">
+        <v>0</v>
+      </c>
+      <c r="G266">
+        <v>0</v>
+      </c>
+      <c r="H266">
+        <v>0</v>
+      </c>
+      <c r="I266">
+        <v>2</v>
+      </c>
+      <c r="J266">
+        <v>1</v>
+      </c>
+      <c r="K266">
+        <v>4</v>
+      </c>
+      <c r="L266">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A267" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="B267" t="s">
+        <v>36</v>
+      </c>
+      <c r="C267" t="s">
+        <v>529</v>
+      </c>
+      <c r="D267">
+        <v>100</v>
+      </c>
+      <c r="E267">
+        <v>1</v>
+      </c>
+      <c r="F267">
+        <v>2</v>
+      </c>
+      <c r="G267">
+        <v>0</v>
+      </c>
+      <c r="H267">
+        <v>0</v>
+      </c>
+      <c r="I267">
+        <v>6</v>
+      </c>
+      <c r="J267">
+        <v>13</v>
+      </c>
+      <c r="K267">
         <v>5</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="L267">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A268" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="B268" t="s">
+        <v>36</v>
+      </c>
+      <c r="C268" t="s">
+        <v>531</v>
+      </c>
+      <c r="D268">
+        <v>100</v>
+      </c>
+      <c r="E268">
+        <v>1</v>
+      </c>
+      <c r="F268">
+        <v>0</v>
+      </c>
+      <c r="G268">
+        <v>0</v>
+      </c>
+      <c r="H268">
+        <v>0</v>
+      </c>
+      <c r="I268">
+        <v>5</v>
+      </c>
+      <c r="J268">
+        <v>0</v>
+      </c>
+      <c r="K268">
+        <v>1</v>
+      </c>
+      <c r="L268">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A269" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="B269" t="s">
+        <v>36</v>
+      </c>
+      <c r="C269" t="s">
+        <v>533</v>
+      </c>
+      <c r="D269">
+        <v>100</v>
+      </c>
+      <c r="E269">
+        <v>1</v>
+      </c>
+      <c r="F269">
+        <v>1</v>
+      </c>
+      <c r="G269">
+        <v>0</v>
+      </c>
+      <c r="H269">
+        <v>0</v>
+      </c>
+      <c r="I269">
+        <v>2</v>
+      </c>
+      <c r="J269">
+        <v>5</v>
+      </c>
+      <c r="K269">
+        <v>3</v>
+      </c>
+      <c r="L269">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A270" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="B270" t="s">
+        <v>36</v>
+      </c>
+      <c r="C270" t="s">
+        <v>535</v>
+      </c>
+      <c r="D270">
+        <v>100</v>
+      </c>
+      <c r="E270">
+        <v>0</v>
+      </c>
+      <c r="F270">
+        <v>0</v>
+      </c>
+      <c r="G270">
+        <v>1</v>
+      </c>
+      <c r="H270">
+        <v>0</v>
+      </c>
+      <c r="I270">
+        <v>1</v>
+      </c>
+      <c r="J270">
+        <v>0</v>
+      </c>
+      <c r="K270">
+        <v>2</v>
+      </c>
+      <c r="L270">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A271" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="B271" t="s">
+        <v>19</v>
+      </c>
+      <c r="C271" t="s">
+        <v>537</v>
+      </c>
+      <c r="D271">
+        <v>100</v>
+      </c>
+      <c r="E271">
+        <v>1</v>
+      </c>
+      <c r="F271">
+        <v>1</v>
+      </c>
+      <c r="G271">
+        <v>0</v>
+      </c>
+      <c r="H271">
+        <v>0</v>
+      </c>
+      <c r="I271">
+        <v>2</v>
+      </c>
+      <c r="J271">
+        <v>3</v>
+      </c>
+      <c r="K271">
+        <v>1</v>
+      </c>
+      <c r="L271">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A272" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B272" t="s">
+        <v>19</v>
+      </c>
+      <c r="C272" t="s">
+        <v>539</v>
+      </c>
+      <c r="D272">
+        <v>100</v>
+      </c>
+      <c r="E272">
+        <v>1</v>
+      </c>
+      <c r="F272">
+        <v>1</v>
+      </c>
+      <c r="G272">
+        <v>0</v>
+      </c>
+      <c r="H272">
+        <v>0</v>
+      </c>
+      <c r="I272">
+        <v>1</v>
+      </c>
+      <c r="J272">
+        <v>3</v>
+      </c>
+      <c r="K272">
+        <v>0</v>
+      </c>
+      <c r="L272">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A273" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="B273" t="s">
+        <v>19</v>
+      </c>
+      <c r="C273" t="s">
+        <v>541</v>
+      </c>
+      <c r="D273">
+        <v>100</v>
+      </c>
+      <c r="E273">
+        <v>1</v>
+      </c>
+      <c r="F273">
+        <v>0</v>
+      </c>
+      <c r="G273">
+        <v>2</v>
+      </c>
+      <c r="H273">
+        <v>0</v>
+      </c>
+      <c r="I273">
+        <v>2</v>
+      </c>
+      <c r="J273">
+        <v>12</v>
+      </c>
+      <c r="K273">
+        <v>3</v>
+      </c>
+      <c r="L273">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A274" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="B274" t="s">
+        <v>19</v>
+      </c>
+      <c r="C274" t="s">
+        <v>543</v>
+      </c>
+      <c r="D274">
+        <v>100</v>
+      </c>
+      <c r="E274">
+        <v>1</v>
+      </c>
+      <c r="F274">
+        <v>0</v>
+      </c>
+      <c r="G274">
+        <v>0</v>
+      </c>
+      <c r="H274">
+        <v>0</v>
+      </c>
+      <c r="I274">
+        <v>1</v>
+      </c>
+      <c r="J274">
+        <v>5</v>
+      </c>
+      <c r="K274">
+        <v>2</v>
+      </c>
+      <c r="L274">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A275" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="B275" t="s">
+        <v>19</v>
+      </c>
+      <c r="C275" t="s">
+        <v>545</v>
+      </c>
+      <c r="D275">
+        <v>100</v>
+      </c>
+      <c r="E275">
+        <v>0</v>
+      </c>
+      <c r="F275">
+        <v>0</v>
+      </c>
+      <c r="G275">
+        <v>0</v>
+      </c>
+      <c r="H275">
+        <v>0</v>
+      </c>
+      <c r="I275">
+        <v>0</v>
+      </c>
+      <c r="J275">
+        <v>1</v>
+      </c>
+      <c r="K275">
+        <v>3</v>
+      </c>
+      <c r="L275">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A276" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="B276" t="s">
+        <v>19</v>
+      </c>
+      <c r="C276" t="s">
+        <v>547</v>
+      </c>
+      <c r="D276">
+        <v>100</v>
+      </c>
+      <c r="E276">
+        <v>0</v>
+      </c>
+      <c r="F276">
+        <v>0</v>
+      </c>
+      <c r="G276">
+        <v>0</v>
+      </c>
+      <c r="H276">
+        <v>0</v>
+      </c>
+      <c r="I276">
+        <v>0</v>
+      </c>
+      <c r="J276">
+        <v>2</v>
+      </c>
+      <c r="K276">
+        <v>1</v>
+      </c>
+      <c r="L276">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A277" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="B277" t="s">
+        <v>19</v>
+      </c>
+      <c r="C277" t="s">
+        <v>549</v>
+      </c>
+      <c r="D277">
+        <v>100</v>
+      </c>
+      <c r="E277">
+        <v>0</v>
+      </c>
+      <c r="F277">
+        <v>0</v>
+      </c>
+      <c r="G277">
+        <v>0</v>
+      </c>
+      <c r="H277">
+        <v>0</v>
+      </c>
+      <c r="I277">
+        <v>0</v>
+      </c>
+      <c r="J277">
+        <v>1</v>
+      </c>
+      <c r="K277">
+        <v>2</v>
+      </c>
+      <c r="L277">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A278" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="B278" t="s">
+        <v>19</v>
+      </c>
+      <c r="C278" t="s">
+        <v>551</v>
+      </c>
+      <c r="D278">
+        <v>100</v>
+      </c>
+      <c r="E278">
+        <v>0</v>
+      </c>
+      <c r="F278">
+        <v>0</v>
+      </c>
+      <c r="G278">
+        <v>0</v>
+      </c>
+      <c r="H278">
+        <v>0</v>
+      </c>
+      <c r="I278">
+        <v>0</v>
+      </c>
+      <c r="J278">
+        <v>3</v>
+      </c>
+      <c r="K278">
+        <v>3</v>
+      </c>
+      <c r="L278">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A279" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="B279" t="s">
+        <v>19</v>
+      </c>
+      <c r="C279" t="s">
+        <v>553</v>
+      </c>
+      <c r="D279">
+        <v>100</v>
+      </c>
+      <c r="E279">
+        <v>0</v>
+      </c>
+      <c r="F279">
+        <v>1</v>
+      </c>
+      <c r="G279">
+        <v>2</v>
+      </c>
+      <c r="H279">
+        <v>0</v>
+      </c>
+      <c r="I279">
+        <v>1</v>
+      </c>
+      <c r="J279">
+        <v>2</v>
+      </c>
+      <c r="K279">
+        <v>6</v>
+      </c>
+      <c r="L279">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A280" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="B280" t="s">
+        <v>36</v>
+      </c>
+      <c r="C280" t="s">
+        <v>555</v>
+      </c>
+      <c r="D280">
+        <v>100</v>
+      </c>
+      <c r="E280">
+        <v>1</v>
+      </c>
+      <c r="F280">
+        <v>1</v>
+      </c>
+      <c r="G280">
+        <v>1</v>
+      </c>
+      <c r="H280">
+        <v>0</v>
+      </c>
+      <c r="I280">
+        <v>2</v>
+      </c>
+      <c r="J280">
+        <v>2</v>
+      </c>
+      <c r="K280">
+        <v>3</v>
+      </c>
+      <c r="L280">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A281" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="B281" t="s">
+        <v>19</v>
+      </c>
+      <c r="C281" t="s">
+        <v>557</v>
+      </c>
+      <c r="D281">
+        <v>100</v>
+      </c>
+      <c r="E281">
+        <v>1</v>
+      </c>
+      <c r="F281">
+        <v>1</v>
+      </c>
+      <c r="G281">
+        <v>0</v>
+      </c>
+      <c r="H281">
+        <v>0</v>
+      </c>
+      <c r="I281">
+        <v>8</v>
+      </c>
+      <c r="J281">
+        <v>7</v>
+      </c>
+      <c r="K281">
+        <v>2</v>
+      </c>
+      <c r="L281">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A282" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="B282" t="s">
+        <v>19</v>
+      </c>
+      <c r="C282" t="s">
+        <v>559</v>
+      </c>
+      <c r="D282">
+        <v>100</v>
+      </c>
+      <c r="E282">
+        <v>0</v>
+      </c>
+      <c r="F282">
+        <v>0</v>
+      </c>
+      <c r="G282">
+        <v>1</v>
+      </c>
+      <c r="H282">
+        <v>0</v>
+      </c>
+      <c r="I282">
+        <v>1</v>
+      </c>
+      <c r="J282">
+        <v>8</v>
+      </c>
+      <c r="K282">
+        <v>0</v>
+      </c>
+      <c r="L282">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A283" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="B283" t="s">
+        <v>19</v>
+      </c>
+      <c r="C283" t="s">
+        <v>561</v>
+      </c>
+      <c r="D283">
+        <v>100</v>
+      </c>
+      <c r="E283">
+        <v>1</v>
+      </c>
+      <c r="F283">
+        <v>1</v>
+      </c>
+      <c r="G283">
+        <v>0</v>
+      </c>
+      <c r="H283">
+        <v>0</v>
+      </c>
+      <c r="I283">
+        <v>5</v>
+      </c>
+      <c r="J283">
+        <v>0</v>
+      </c>
+      <c r="K283">
+        <v>0</v>
+      </c>
+      <c r="L283">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A284" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="B284" t="s">
+        <v>19</v>
+      </c>
+      <c r="C284" t="s">
+        <v>563</v>
+      </c>
+      <c r="D284">
+        <v>100</v>
+      </c>
+      <c r="E284">
+        <v>0</v>
+      </c>
+      <c r="F284">
+        <v>0</v>
+      </c>
+      <c r="G284">
+        <v>0</v>
+      </c>
+      <c r="H284">
+        <v>0</v>
+      </c>
+      <c r="I284">
+        <v>0</v>
+      </c>
+      <c r="J284">
+        <v>19</v>
+      </c>
+      <c r="K284">
+        <v>8</v>
+      </c>
+      <c r="L284">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A285" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="B285" t="s">
+        <v>19</v>
+      </c>
+      <c r="C285" t="s">
+        <v>565</v>
+      </c>
+      <c r="D285">
+        <v>100</v>
+      </c>
+      <c r="E285">
+        <v>1</v>
+      </c>
+      <c r="F285">
+        <v>0</v>
+      </c>
+      <c r="G285">
+        <v>0</v>
+      </c>
+      <c r="H285">
+        <v>0</v>
+      </c>
+      <c r="I285">
+        <v>1</v>
+      </c>
+      <c r="J285">
+        <v>11</v>
+      </c>
+      <c r="K285">
+        <v>50</v>
+      </c>
+      <c r="L285">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A286" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="B286" t="s">
+        <v>19</v>
+      </c>
+      <c r="C286" t="s">
+        <v>567</v>
+      </c>
+      <c r="D286">
+        <v>100</v>
+      </c>
+      <c r="E286">
+        <v>1</v>
+      </c>
+      <c r="F286">
+        <v>1</v>
+      </c>
+      <c r="G286">
+        <v>0</v>
+      </c>
+      <c r="H286">
+        <v>0</v>
+      </c>
+      <c r="I286">
+        <v>0</v>
+      </c>
+      <c r="J286">
+        <v>8</v>
+      </c>
+      <c r="K286">
+        <v>0</v>
+      </c>
+      <c r="L286">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A287" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="B287" t="s">
+        <v>19</v>
+      </c>
+      <c r="C287" t="s">
+        <v>569</v>
+      </c>
+      <c r="D287">
+        <v>100</v>
+      </c>
+      <c r="E287">
+        <v>0</v>
+      </c>
+      <c r="F287">
+        <v>0</v>
+      </c>
+      <c r="G287">
+        <v>1</v>
+      </c>
+      <c r="H287">
+        <v>0</v>
+      </c>
+      <c r="I287">
+        <v>44</v>
+      </c>
+      <c r="J287">
+        <v>0</v>
+      </c>
+      <c r="K287">
+        <v>0</v>
+      </c>
+      <c r="L287">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A288" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="B288" t="s">
+        <v>19</v>
+      </c>
+      <c r="C288" t="s">
+        <v>571</v>
+      </c>
+      <c r="D288">
+        <v>100</v>
+      </c>
+      <c r="E288">
+        <v>1</v>
+      </c>
+      <c r="F288">
+        <v>0</v>
+      </c>
+      <c r="G288">
+        <v>1</v>
+      </c>
+      <c r="H288">
+        <v>0</v>
+      </c>
+      <c r="I288">
+        <v>11</v>
+      </c>
+      <c r="J288">
+        <v>0</v>
+      </c>
+      <c r="K288">
+        <v>19</v>
+      </c>
+      <c r="L288">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A289" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="B289" t="s">
+        <v>19</v>
+      </c>
+      <c r="C289" t="s">
+        <v>573</v>
+      </c>
+      <c r="D289">
+        <v>100</v>
+      </c>
+      <c r="E289">
+        <v>0</v>
+      </c>
+      <c r="F289">
+        <v>0</v>
+      </c>
+      <c r="G289">
+        <v>0</v>
+      </c>
+      <c r="H289">
+        <v>0</v>
+      </c>
+      <c r="I289">
+        <v>2</v>
+      </c>
+      <c r="J289">
+        <v>5</v>
+      </c>
+      <c r="K289">
+        <v>8</v>
+      </c>
+      <c r="L289">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A290" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="B290" t="s">
+        <v>19</v>
+      </c>
+      <c r="C290" t="s">
+        <v>575</v>
+      </c>
+      <c r="D290">
+        <v>100</v>
+      </c>
+      <c r="E290">
+        <v>1</v>
+      </c>
+      <c r="F290">
+        <v>1</v>
+      </c>
+      <c r="G290">
+        <v>0</v>
+      </c>
+      <c r="H290">
+        <v>0</v>
+      </c>
+      <c r="I290">
+        <v>1</v>
+      </c>
+      <c r="J290">
+        <v>8</v>
+      </c>
+      <c r="K290">
+        <v>3</v>
+      </c>
+      <c r="L290">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A291" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="B291" t="s">
+        <v>19</v>
+      </c>
+      <c r="C291" t="s">
+        <v>577</v>
+      </c>
+      <c r="D291">
+        <v>100</v>
+      </c>
+      <c r="E291">
+        <v>0</v>
+      </c>
+      <c r="F291">
+        <v>0</v>
+      </c>
+      <c r="G291">
+        <v>0</v>
+      </c>
+      <c r="H291">
+        <v>0</v>
+      </c>
+      <c r="I291">
+        <v>3</v>
+      </c>
+      <c r="J291">
+        <v>4</v>
+      </c>
+      <c r="K291">
+        <v>1</v>
+      </c>
+      <c r="L291">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A292" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="B292" t="s">
+        <v>19</v>
+      </c>
+      <c r="C292" t="s">
+        <v>579</v>
+      </c>
+      <c r="D292">
+        <v>100</v>
+      </c>
+      <c r="E292">
+        <v>1</v>
+      </c>
+      <c r="F292">
+        <v>1</v>
+      </c>
+      <c r="G292">
+        <v>0</v>
+      </c>
+      <c r="H292">
+        <v>0</v>
+      </c>
+      <c r="I292">
+        <v>4</v>
+      </c>
+      <c r="J292">
+        <v>5</v>
+      </c>
+      <c r="K292">
+        <v>2</v>
+      </c>
+      <c r="L292">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A293" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="B293" t="s">
+        <v>19</v>
+      </c>
+      <c r="C293" t="s">
+        <v>581</v>
+      </c>
+      <c r="D293">
+        <v>100</v>
+      </c>
+      <c r="E293">
+        <v>0</v>
+      </c>
+      <c r="F293">
+        <v>1</v>
+      </c>
+      <c r="G293">
+        <v>0</v>
+      </c>
+      <c r="H293">
+        <v>0</v>
+      </c>
+      <c r="I293">
+        <v>3</v>
+      </c>
+      <c r="J293">
+        <v>5</v>
+      </c>
+      <c r="K293">
+        <v>0</v>
+      </c>
+      <c r="L293">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A294" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="B294" t="s">
+        <v>19</v>
+      </c>
+      <c r="C294" t="s">
+        <v>583</v>
+      </c>
+      <c r="D294">
+        <v>100</v>
+      </c>
+      <c r="E294">
+        <v>0</v>
+      </c>
+      <c r="F294">
+        <v>0</v>
+      </c>
+      <c r="G294">
+        <v>0</v>
+      </c>
+      <c r="H294">
+        <v>0</v>
+      </c>
+      <c r="I294">
+        <v>3</v>
+      </c>
+      <c r="J294">
+        <v>7</v>
+      </c>
+      <c r="K294">
+        <v>0</v>
+      </c>
+      <c r="L294">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A295" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="B295" t="s">
+        <v>19</v>
+      </c>
+      <c r="C295" t="s">
+        <v>585</v>
+      </c>
+      <c r="D295">
+        <v>100</v>
+      </c>
+      <c r="E295">
+        <v>0</v>
+      </c>
+      <c r="F295">
+        <v>0</v>
+      </c>
+      <c r="G295">
+        <v>0</v>
+      </c>
+      <c r="H295">
+        <v>0</v>
+      </c>
+      <c r="I295">
+        <v>0</v>
+      </c>
+      <c r="J295">
+        <v>6</v>
+      </c>
+      <c r="K295">
+        <v>0</v>
+      </c>
+      <c r="L295">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A296" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="B296" t="s">
+        <v>19</v>
+      </c>
+      <c r="C296" t="s">
+        <v>587</v>
+      </c>
+      <c r="D296">
+        <v>100</v>
+      </c>
+      <c r="E296">
+        <v>1</v>
+      </c>
+      <c r="F296">
+        <v>1</v>
+      </c>
+      <c r="G296">
+        <v>1</v>
+      </c>
+      <c r="H296">
+        <v>0</v>
+      </c>
+      <c r="I296">
+        <v>26</v>
+      </c>
+      <c r="J296">
+        <v>15</v>
+      </c>
+      <c r="K296">
+        <v>0</v>
+      </c>
+      <c r="L296">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A297" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="B297" t="s">
+        <v>36</v>
+      </c>
+      <c r="C297" t="s">
+        <v>589</v>
+      </c>
+      <c r="D297">
+        <v>100</v>
+      </c>
+      <c r="E297">
+        <v>0</v>
+      </c>
+      <c r="F297">
+        <v>1</v>
+      </c>
+      <c r="G297">
+        <v>1</v>
+      </c>
+      <c r="H297">
+        <v>0</v>
+      </c>
+      <c r="I297">
+        <v>1</v>
+      </c>
+      <c r="J297">
+        <v>1</v>
+      </c>
+      <c r="K297">
+        <v>0</v>
+      </c>
+      <c r="L297">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A298" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="B298" t="s">
+        <v>36</v>
+      </c>
+      <c r="C298" t="s">
+        <v>591</v>
+      </c>
+      <c r="D298">
+        <v>100</v>
+      </c>
+      <c r="E298">
+        <v>1</v>
+      </c>
+      <c r="F298">
+        <v>0</v>
+      </c>
+      <c r="G298">
+        <v>1</v>
+      </c>
+      <c r="H298">
+        <v>0</v>
+      </c>
+      <c r="I298">
+        <v>10</v>
+      </c>
+      <c r="J298">
+        <v>6</v>
+      </c>
+      <c r="K298">
+        <v>6</v>
+      </c>
+      <c r="L298">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A299" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="B299" t="s">
+        <v>593</v>
+      </c>
+      <c r="C299" t="s">
+        <v>594</v>
+      </c>
+      <c r="D299">
+        <v>50</v>
+      </c>
+      <c r="E299">
+        <v>4</v>
+      </c>
+      <c r="F299">
+        <v>5</v>
+      </c>
+      <c r="G299">
+        <v>4</v>
+      </c>
+      <c r="H299">
+        <v>5</v>
+      </c>
+      <c r="I299">
+        <v>2</v>
+      </c>
+      <c r="J299">
+        <v>3</v>
+      </c>
+      <c r="K299">
+        <v>1</v>
+      </c>
+      <c r="L299">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A300" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="B300" t="s">
+        <v>19</v>
+      </c>
+      <c r="C300" t="s">
+        <v>596</v>
+      </c>
+      <c r="D300">
+        <v>100</v>
+      </c>
+      <c r="E300">
+        <v>0</v>
+      </c>
+      <c r="F300">
+        <v>0</v>
+      </c>
+      <c r="G300">
+        <v>2</v>
+      </c>
+      <c r="H300">
+        <v>0</v>
+      </c>
+      <c r="I300">
+        <v>12</v>
+      </c>
+      <c r="J300">
+        <v>9</v>
+      </c>
+      <c r="K300">
+        <v>10</v>
+      </c>
+      <c r="L300">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A301" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="B301" t="s">
+        <v>19</v>
+      </c>
+      <c r="C301" t="s">
+        <v>598</v>
+      </c>
+      <c r="D301">
+        <v>100</v>
+      </c>
+      <c r="E301">
+        <v>0</v>
+      </c>
+      <c r="F301">
+        <v>0</v>
+      </c>
+      <c r="G301">
+        <v>0</v>
+      </c>
+      <c r="H301">
+        <v>0</v>
+      </c>
+      <c r="I301">
+        <v>1</v>
+      </c>
+      <c r="J301">
+        <v>8</v>
+      </c>
+      <c r="K301">
+        <v>4</v>
+      </c>
+      <c r="L301">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A302" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="B302" t="s">
+        <v>19</v>
+      </c>
+      <c r="C302" t="s">
+        <v>600</v>
+      </c>
+      <c r="D302">
+        <v>100</v>
+      </c>
+      <c r="E302">
+        <v>0</v>
+      </c>
+      <c r="F302">
+        <v>0</v>
+      </c>
+      <c r="G302">
+        <v>0</v>
+      </c>
+      <c r="H302">
+        <v>0</v>
+      </c>
+      <c r="I302">
+        <v>0</v>
+      </c>
+      <c r="J302">
+        <v>9</v>
+      </c>
+      <c r="K302">
+        <v>2</v>
+      </c>
+      <c r="L302">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A303" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="B303" t="s">
+        <v>19</v>
+      </c>
+      <c r="C303" t="s">
+        <v>602</v>
+      </c>
+      <c r="D303">
+        <v>100</v>
+      </c>
+      <c r="E303">
+        <v>0</v>
+      </c>
+      <c r="F303">
+        <v>2</v>
+      </c>
+      <c r="G303">
+        <v>0</v>
+      </c>
+      <c r="H303">
+        <v>0</v>
+      </c>
+      <c r="I303">
+        <v>5</v>
+      </c>
+      <c r="J303">
+        <v>5</v>
+      </c>
+      <c r="K303">
+        <v>7</v>
+      </c>
+      <c r="L303">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A304" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="B304" t="s">
+        <v>36</v>
+      </c>
+      <c r="C304" t="s">
+        <v>604</v>
+      </c>
+      <c r="D304">
+        <v>100</v>
+      </c>
+      <c r="E304">
+        <v>2</v>
+      </c>
+      <c r="F304">
+        <v>1</v>
+      </c>
+      <c r="G304">
+        <v>1</v>
+      </c>
+      <c r="H304">
+        <v>0</v>
+      </c>
+      <c r="I304">
+        <v>2</v>
+      </c>
+      <c r="J304">
+        <v>1</v>
+      </c>
+      <c r="K304">
+        <v>0</v>
+      </c>
+      <c r="L304">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A305" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="B305" t="s">
+        <v>36</v>
+      </c>
+      <c r="C305" t="s">
+        <v>606</v>
+      </c>
+      <c r="D305">
+        <v>100</v>
+      </c>
+      <c r="E305">
+        <v>1</v>
+      </c>
+      <c r="F305">
+        <v>1</v>
+      </c>
+      <c r="G305">
+        <v>1</v>
+      </c>
+      <c r="H305">
+        <v>0</v>
+      </c>
+      <c r="I305">
+        <v>2</v>
+      </c>
+      <c r="J305">
+        <v>1</v>
+      </c>
+      <c r="K305">
+        <v>0</v>
+      </c>
+      <c r="L305">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A306" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="B306" t="s">
+        <v>19</v>
+      </c>
+      <c r="C306" t="s">
+        <v>608</v>
+      </c>
+      <c r="D306">
+        <v>100</v>
+      </c>
+      <c r="E306">
+        <v>1</v>
+      </c>
+      <c r="F306">
+        <v>0</v>
+      </c>
+      <c r="G306">
+        <v>0</v>
+      </c>
+      <c r="H306">
+        <v>0</v>
+      </c>
+      <c r="I306">
+        <v>14</v>
+      </c>
+      <c r="J306">
         <v>18</v>
       </c>
-      <c r="E8" s="9" t="s">
-[...10 lines deleted...]
-      <c r="C9" s="7" t="s">
+      <c r="K306">
+        <v>24</v>
+      </c>
+      <c r="L306">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A307" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="B307" t="s">
+        <v>19</v>
+      </c>
+      <c r="C307" t="s">
+        <v>610</v>
+      </c>
+      <c r="D307">
+        <v>100</v>
+      </c>
+      <c r="E307">
+        <v>0</v>
+      </c>
+      <c r="F307">
+        <v>0</v>
+      </c>
+      <c r="G307">
+        <v>0</v>
+      </c>
+      <c r="H307">
+        <v>0</v>
+      </c>
+      <c r="I307">
+        <v>2</v>
+      </c>
+      <c r="J307">
+        <v>1</v>
+      </c>
+      <c r="K307">
+        <v>3</v>
+      </c>
+      <c r="L307">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="308" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A308" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="B308" t="s">
+        <v>19</v>
+      </c>
+      <c r="C308" t="s">
+        <v>612</v>
+      </c>
+      <c r="D308">
+        <v>100</v>
+      </c>
+      <c r="E308">
+        <v>0</v>
+      </c>
+      <c r="F308">
+        <v>0</v>
+      </c>
+      <c r="G308">
+        <v>0</v>
+      </c>
+      <c r="H308">
+        <v>0</v>
+      </c>
+      <c r="I308">
+        <v>2</v>
+      </c>
+      <c r="J308">
+        <v>1</v>
+      </c>
+      <c r="K308">
+        <v>2</v>
+      </c>
+      <c r="L308">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A309" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="B309" t="s">
+        <v>19</v>
+      </c>
+      <c r="C309" t="s">
+        <v>614</v>
+      </c>
+      <c r="D309">
+        <v>100</v>
+      </c>
+      <c r="E309">
+        <v>0</v>
+      </c>
+      <c r="F309">
+        <v>0</v>
+      </c>
+      <c r="G309">
+        <v>0</v>
+      </c>
+      <c r="H309">
+        <v>0</v>
+      </c>
+      <c r="I309">
+        <v>11</v>
+      </c>
+      <c r="J309">
+        <v>14</v>
+      </c>
+      <c r="K309">
+        <v>0</v>
+      </c>
+      <c r="L309">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A310" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="B310" t="s">
+        <v>19</v>
+      </c>
+      <c r="C310" t="s">
+        <v>616</v>
+      </c>
+      <c r="D310">
+        <v>100</v>
+      </c>
+      <c r="E310">
+        <v>1</v>
+      </c>
+      <c r="F310">
+        <v>0</v>
+      </c>
+      <c r="G310">
+        <v>0</v>
+      </c>
+      <c r="H310">
+        <v>0</v>
+      </c>
+      <c r="I310">
         <v>5</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="J310">
+        <v>2</v>
+      </c>
+      <c r="K310">
+        <v>2</v>
+      </c>
+      <c r="L310">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A311" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="B311" t="s">
+        <v>19</v>
+      </c>
+      <c r="C311" t="s">
+        <v>618</v>
+      </c>
+      <c r="D311">
+        <v>100</v>
+      </c>
+      <c r="E311">
+        <v>0</v>
+      </c>
+      <c r="F311">
+        <v>0</v>
+      </c>
+      <c r="G311">
+        <v>0</v>
+      </c>
+      <c r="H311">
+        <v>0</v>
+      </c>
+      <c r="I311">
+        <v>27</v>
+      </c>
+      <c r="J311">
+        <v>1</v>
+      </c>
+      <c r="K311">
+        <v>4</v>
+      </c>
+      <c r="L311">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A312" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="B312" t="s">
+        <v>19</v>
+      </c>
+      <c r="C312" t="s">
+        <v>620</v>
+      </c>
+      <c r="D312">
+        <v>100</v>
+      </c>
+      <c r="E312">
+        <v>1</v>
+      </c>
+      <c r="F312">
+        <v>1</v>
+      </c>
+      <c r="G312">
+        <v>1</v>
+      </c>
+      <c r="H312">
+        <v>0</v>
+      </c>
+      <c r="I312">
+        <v>3</v>
+      </c>
+      <c r="J312">
+        <v>3</v>
+      </c>
+      <c r="K312">
+        <v>4</v>
+      </c>
+      <c r="L312">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A313" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="B313" t="s">
+        <v>19</v>
+      </c>
+      <c r="C313" t="s">
+        <v>622</v>
+      </c>
+      <c r="D313">
+        <v>100</v>
+      </c>
+      <c r="E313">
+        <v>0</v>
+      </c>
+      <c r="F313">
+        <v>1</v>
+      </c>
+      <c r="G313">
+        <v>0</v>
+      </c>
+      <c r="H313">
+        <v>0</v>
+      </c>
+      <c r="I313">
+        <v>3</v>
+      </c>
+      <c r="J313">
+        <v>3</v>
+      </c>
+      <c r="K313">
+        <v>7</v>
+      </c>
+      <c r="L313">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A314" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="B314" t="s">
+        <v>19</v>
+      </c>
+      <c r="C314" t="s">
+        <v>624</v>
+      </c>
+      <c r="D314">
+        <v>100</v>
+      </c>
+      <c r="E314">
+        <v>1</v>
+      </c>
+      <c r="F314">
+        <v>2</v>
+      </c>
+      <c r="G314">
+        <v>0</v>
+      </c>
+      <c r="H314">
+        <v>0</v>
+      </c>
+      <c r="I314">
+        <v>2</v>
+      </c>
+      <c r="J314">
+        <v>3</v>
+      </c>
+      <c r="K314">
+        <v>2</v>
+      </c>
+      <c r="L314">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A315" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="B315" t="s">
+        <v>19</v>
+      </c>
+      <c r="C315" t="s">
+        <v>626</v>
+      </c>
+      <c r="D315">
+        <v>100</v>
+      </c>
+      <c r="E315">
+        <v>1</v>
+      </c>
+      <c r="F315">
+        <v>1</v>
+      </c>
+      <c r="G315">
+        <v>0</v>
+      </c>
+      <c r="H315">
+        <v>0</v>
+      </c>
+      <c r="I315">
+        <v>3</v>
+      </c>
+      <c r="J315">
+        <v>9</v>
+      </c>
+      <c r="K315">
+        <v>0</v>
+      </c>
+      <c r="L315">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A316" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="B316" t="s">
+        <v>19</v>
+      </c>
+      <c r="C316" t="s">
+        <v>628</v>
+      </c>
+      <c r="D316">
+        <v>100</v>
+      </c>
+      <c r="E316">
+        <v>3</v>
+      </c>
+      <c r="F316">
+        <v>1</v>
+      </c>
+      <c r="G316">
+        <v>0</v>
+      </c>
+      <c r="H316">
+        <v>0</v>
+      </c>
+      <c r="I316">
+        <v>6</v>
+      </c>
+      <c r="J316">
+        <v>1</v>
+      </c>
+      <c r="K316">
+        <v>0</v>
+      </c>
+      <c r="L316">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A317" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="B317" t="s">
+        <v>19</v>
+      </c>
+      <c r="C317" t="s">
+        <v>630</v>
+      </c>
+      <c r="D317">
+        <v>100</v>
+      </c>
+      <c r="E317">
+        <v>0</v>
+      </c>
+      <c r="F317">
+        <v>0</v>
+      </c>
+      <c r="G317">
+        <v>0</v>
+      </c>
+      <c r="H317">
+        <v>0</v>
+      </c>
+      <c r="I317">
+        <v>0</v>
+      </c>
+      <c r="J317">
+        <v>2</v>
+      </c>
+      <c r="K317">
+        <v>43</v>
+      </c>
+      <c r="L317">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A318" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="B318" t="s">
+        <v>19</v>
+      </c>
+      <c r="C318" t="s">
+        <v>632</v>
+      </c>
+      <c r="D318">
+        <v>100</v>
+      </c>
+      <c r="E318">
+        <v>1</v>
+      </c>
+      <c r="F318">
+        <v>0</v>
+      </c>
+      <c r="G318">
+        <v>0</v>
+      </c>
+      <c r="H318">
+        <v>0</v>
+      </c>
+      <c r="I318">
+        <v>2</v>
+      </c>
+      <c r="J318">
+        <v>9</v>
+      </c>
+      <c r="K318">
+        <v>2</v>
+      </c>
+      <c r="L318">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A319" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="B319" t="s">
+        <v>19</v>
+      </c>
+      <c r="C319" t="s">
+        <v>634</v>
+      </c>
+      <c r="D319">
+        <v>100</v>
+      </c>
+      <c r="E319">
+        <v>0</v>
+      </c>
+      <c r="F319">
+        <v>1</v>
+      </c>
+      <c r="G319">
+        <v>3</v>
+      </c>
+      <c r="H319">
+        <v>0</v>
+      </c>
+      <c r="I319">
+        <v>0</v>
+      </c>
+      <c r="J319">
+        <v>16</v>
+      </c>
+      <c r="K319">
+        <v>11</v>
+      </c>
+      <c r="L319">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A320" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="B320" t="s">
+        <v>19</v>
+      </c>
+      <c r="C320" t="s">
+        <v>636</v>
+      </c>
+      <c r="D320">
+        <v>100</v>
+      </c>
+      <c r="E320">
+        <v>2</v>
+      </c>
+      <c r="F320">
+        <v>0</v>
+      </c>
+      <c r="G320">
+        <v>0</v>
+      </c>
+      <c r="H320">
+        <v>0</v>
+      </c>
+      <c r="I320">
+        <v>4</v>
+      </c>
+      <c r="J320">
+        <v>2</v>
+      </c>
+      <c r="K320">
+        <v>4</v>
+      </c>
+      <c r="L320">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A321" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="B321" t="s">
+        <v>19</v>
+      </c>
+      <c r="C321" t="s">
+        <v>638</v>
+      </c>
+      <c r="D321">
+        <v>100</v>
+      </c>
+      <c r="E321">
+        <v>3</v>
+      </c>
+      <c r="F321">
+        <v>2</v>
+      </c>
+      <c r="G321">
+        <v>1</v>
+      </c>
+      <c r="H321">
+        <v>0</v>
+      </c>
+      <c r="I321">
+        <v>1</v>
+      </c>
+      <c r="J321">
+        <v>29</v>
+      </c>
+      <c r="K321">
+        <v>29</v>
+      </c>
+      <c r="L321">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A322" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="B322" t="s">
+        <v>19</v>
+      </c>
+      <c r="C322" t="s">
+        <v>640</v>
+      </c>
+      <c r="D322">
+        <v>100</v>
+      </c>
+      <c r="E322">
+        <v>0</v>
+      </c>
+      <c r="F322">
+        <v>2</v>
+      </c>
+      <c r="G322">
+        <v>0</v>
+      </c>
+      <c r="H322">
+        <v>0</v>
+      </c>
+      <c r="I322">
         <v>18</v>
       </c>
-      <c r="E9" s="9" t="s">
-[...10 lines deleted...]
-      <c r="C10" s="7" t="s">
+      <c r="J322">
+        <v>1</v>
+      </c>
+      <c r="K322">
+        <v>11</v>
+      </c>
+      <c r="L322">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A323" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="B323" t="s">
+        <v>19</v>
+      </c>
+      <c r="C323" t="s">
+        <v>642</v>
+      </c>
+      <c r="D323">
+        <v>100</v>
+      </c>
+      <c r="E323">
+        <v>2</v>
+      </c>
+      <c r="F323">
+        <v>1</v>
+      </c>
+      <c r="G323">
+        <v>0</v>
+      </c>
+      <c r="H323">
+        <v>0</v>
+      </c>
+      <c r="I323">
+        <v>0</v>
+      </c>
+      <c r="J323">
+        <v>4</v>
+      </c>
+      <c r="K323">
+        <v>0</v>
+      </c>
+      <c r="L323">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A324" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="B324" t="s">
+        <v>19</v>
+      </c>
+      <c r="C324" t="s">
+        <v>644</v>
+      </c>
+      <c r="D324">
+        <v>100</v>
+      </c>
+      <c r="E324">
+        <v>1</v>
+      </c>
+      <c r="F324">
+        <v>1</v>
+      </c>
+      <c r="G324">
+        <v>0</v>
+      </c>
+      <c r="H324">
+        <v>0</v>
+      </c>
+      <c r="I324">
         <v>5</v>
       </c>
-      <c r="D10" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="9" t="s">
+      <c r="J324">
+        <v>8</v>
+      </c>
+      <c r="K324">
+        <v>2</v>
+      </c>
+      <c r="L324">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A325" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="B325" t="s">
+        <v>19</v>
+      </c>
+      <c r="C325" t="s">
+        <v>646</v>
+      </c>
+      <c r="D325">
+        <v>100</v>
+      </c>
+      <c r="E325">
+        <v>0</v>
+      </c>
+      <c r="F325">
+        <v>1</v>
+      </c>
+      <c r="G325">
+        <v>0</v>
+      </c>
+      <c r="H325">
+        <v>0</v>
+      </c>
+      <c r="I325">
+        <v>1</v>
+      </c>
+      <c r="J325">
+        <v>0</v>
+      </c>
+      <c r="K325">
+        <v>11</v>
+      </c>
+      <c r="L325">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A326" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B326" t="s">
+        <v>19</v>
+      </c>
+      <c r="C326" t="s">
+        <v>648</v>
+      </c>
+      <c r="D326">
+        <v>100</v>
+      </c>
+      <c r="E326">
+        <v>2</v>
+      </c>
+      <c r="F326">
+        <v>1</v>
+      </c>
+      <c r="G326">
+        <v>2</v>
+      </c>
+      <c r="H326">
+        <v>0</v>
+      </c>
+      <c r="I326">
+        <v>13</v>
+      </c>
+      <c r="J326">
         <v>20</v>
       </c>
-    </row>
-[...217 lines deleted...]
-      <c r="E23" s="9" t="s">
+      <c r="K326">
+        <v>14</v>
+      </c>
+      <c r="L326">
         <v>40</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="E25" s="9" t="s">
+    <row r="327" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A327" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="B327" t="s">
         <v>43</v>
       </c>
-    </row>
-[...5988 lines deleted...]
-        <v>490</v>
+      <c r="C327" t="s">
+        <v>650</v>
+      </c>
+      <c r="D327">
+        <v>100</v>
+      </c>
+      <c r="E327">
+        <v>3</v>
+      </c>
+      <c r="F327">
+        <v>1</v>
+      </c>
+      <c r="G327">
+        <v>3</v>
+      </c>
+      <c r="H327">
+        <v>0</v>
+      </c>
+      <c r="I327">
+        <v>1</v>
+      </c>
+      <c r="J327">
+        <v>2</v>
+      </c>
+      <c r="K327">
+        <v>1</v>
+      </c>
+      <c r="L327">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <mergeCell ref="D359:E359"/>
+  <mergeCells count="4">
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="70" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E89292E0FC9234CB69804FC69151D87" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dea147f030bead67e2b765d51806982f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1f864810-76c3-4ee1-ad43-b65112515e10" xmlns:ns3="f37f7e17-9198-4c5c-9fb6-139a42591593" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bba4be4e2b6f65d94000dbbb5ffdbdf3" ns2:_="" ns3:_="">
     <xsd:import namespace="1f864810-76c3-4ee1-ad43-b65112515e10"/>
     <xsd:import namespace="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -10411,110 +14832,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f37f7e17-9198-4c5c-9fb6-139a42591593" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1f864810-76c3-4ee1-ad43-b65112515e10">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56D086E8-F363-4C19-B575-2D975589C810}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{399C7440-996A-4367-801F-4BF9E1F70957}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1f864810-76c3-4ee1-ad43-b65112515e10"/>
     <ds:schemaRef ds:uri="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB83A5E0-E406-4651-A646-A1642189927F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f37f7e17-9198-4c5c-9fb6-139a42591593"/>
+    <ds:schemaRef ds:uri="1f864810-76c3-4ee1-ad43-b65112515e10"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2034653E-67B6-4B88-935D-6926C50117A0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Availability</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Jack Grassick</dc:creator>
+  <dc:creator>Nordic Orders</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004E89292E0FC9234CB69804FC69151D87</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>